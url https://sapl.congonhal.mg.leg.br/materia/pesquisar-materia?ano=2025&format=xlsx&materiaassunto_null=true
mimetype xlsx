--- v0 (2025-12-06)
+++ v1 (2026-03-14)
@@ -51,480 +51,480 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/419/projeto_legislativo_01_-_concede_reajuste_no_cartao_alimentacao_dos_servidores_do_poder_legislativo_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/419/projeto_legislativo_01_-_concede_reajuste_no_cartao_alimentacao_dos_servidores_do_poder_legislativo_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Concede reajuste no cartão alimentação dos servidores do Poder Legislativo e dá outras providências.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/420/projeto_legislativo_02_-_concede_revisao_geral_anual_dos_subsidios_dos_agentes_politicos_do_municipio_de_congonhal_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/420/projeto_legislativo_02_-_concede_revisao_geral_anual_dos_subsidios_dos_agentes_politicos_do_municipio_de_congonhal_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Concede a revisão geral anual dos subsídios do agentes políticos do município de Congonhal e dá outras providências.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/421/projeto_legislativo_03_-_altera_o_anexo_i_da_lei_municipal_1.437_de_22_de_marco_de_2018_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/421/projeto_legislativo_03_-_altera_o_anexo_i_da_lei_municipal_1.437_de_22_de_marco_de_2018_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Altera o Anexo I da Lei Municipal 1.437, de 22 de março de 2018 e dá outras providências.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/422/projeto_legislativo_04_-_concede_revisao_geral_anual_da_remuneracao_dos_servidores_publicos_da_camara_municipal_de_congonhal_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/422/projeto_legislativo_04_-_concede_revisao_geral_anual_da_remuneracao_dos_servidores_publicos_da_camara_municipal_de_congonhal_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Concede a revisão geral anual da remuneração dos servidores públicos da Câmara Municipal de Congonhal e dá outras providências.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Rubens Vilela dos Santos Júnior</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/407/projeto_de_lei_01_-_altera_dispositivos_da_lei_municipal_1.239-2009_que_autoriza_o_poder_executivo_a_conceder_cestas_basicas_em_pecunia_na_forma_que_especifica.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/407/projeto_de_lei_01_-_altera_dispositivos_da_lei_municipal_1.239-2009_que_autoriza_o_poder_executivo_a_conceder_cestas_basicas_em_pecunia_na_forma_que_especifica.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 1.239/2009 que autoriza o Poder Executivo a conceder cestas básicas, em pecúnia, na forma que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/408/projeto_de_lei_02_-_autoriza_abertura_de_credito_adicional_especial_referente_anulacao_parcial_ou_total_de_dotacoes_do_orcamento_de_2025_no_municipio_de_congonhal.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/408/projeto_de_lei_02_-_autoriza_abertura_de_credito_adicional_especial_referente_anulacao_parcial_ou_total_de_dotacoes_do_orcamento_de_2025_no_municipio_de_congonhal.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial referente a anulação parcial ou total de dotações do orçamento de 2025, no município de Congonhal.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/409/projeto_de_lei_03_-_autoriza_abertura_de_credito_adicional_suplementar_referente_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2025_no_municipio_de_congonhal.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/409/projeto_de_lei_03_-_autoriza_abertura_de_credito_adicional_suplementar_referente_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2025_no_municipio_de_congonhal.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar referente ao recurso proveniente de superavit financeiro, nas dotações do orçamento de 2025, no município de Congonhal.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/410/projeto_de_lei_04_-_autoriza_abertura_de_credito_adicional_especial_referente_superavit_financeiro_no_orcamento_de_2025_no_municipio_de_congonhal..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/410/projeto_de_lei_04_-_autoriza_abertura_de_credito_adicional_especial_referente_superavit_financeiro_no_orcamento_de_2025_no_municipio_de_congonhal..pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial referente a superavit financeiro no orçamento de 2025, no município de Congonhal.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/411/projeto_de_lei_05_-_autoriza_a_recuperacao_de_creditos_do_municipio_de_congonhal_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/411/projeto_de_lei_05_-_autoriza_a_recuperacao_de_creditos_do_municipio_de_congonhal_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Autoriza a recuperação de créditos do município de Congonhal e dá outras providências.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/412/projeto_de_lei_06_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2025_no_municipio_de_congonhal..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/412/projeto_de_lei_06_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2025_no_municipio_de_congonhal..pdf</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/413/projeto_de_lei_07_-_altera_o_anexo_i_da_lei_municipal_no_1.254-2009_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/413/projeto_de_lei_07_-_altera_o_anexo_i_da_lei_municipal_no_1.254-2009_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Altera o anexo I da Lei Municipal nº 1.254/2009 e dá outras providências.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/414/projeto_de_lei_08_-_fixa_indice_e_autoriza_a_concessao_da_revisao_geral_anual_das_remuneracoes_dos_servidores_publicos_ativos_e_inativos_dos_pensionistas_e_dos_conselheiros_tutelares_do_municipio.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/414/projeto_de_lei_08_-_fixa_indice_e_autoriza_a_concessao_da_revisao_geral_anual_das_remuneracoes_dos_servidores_publicos_ativos_e_inativos_dos_pensionistas_e_dos_conselheiros_tutelares_do_municipio.pdf</t>
   </si>
   <si>
     <t>Fixa índice e autoriza a concessão da revisão geral anual das remunerações dos servidores públicos ativos e inativos, dos pensionistas e dos conselheiros tutelares do município de Congonhal, concede reajuste e dá outras providências.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/415/projeto_de_lei_09_-_altera_e_acrescenta_dispositivos_na_lei_municipal_no_1.432_de_12_de_julho_de_2017_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/415/projeto_de_lei_09_-_altera_e_acrescenta_dispositivos_na_lei_municipal_no_1.432_de_12_de_julho_de_2017_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta dispositivos na Lei Municipal nº 1.432, de 12 de julho de 2017, e dá outras providências.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/416/projeto_de_lei_10_-_autoriza_abertura_de_credito_adicional_especial_referente_recurso_proveniente_de_superavit_e_excesso_de_arrecadacao_nas_dotacoes_do_orcamento_de_2025..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/416/projeto_de_lei_10_-_autoriza_abertura_de_credito_adicional_especial_referente_recurso_proveniente_de_superavit_e_excesso_de_arrecadacao_nas_dotacoes_do_orcamento_de_2025..pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial referente ao recurso proveniente de superavit e excesso de arrecadação, nas dotações do orçamento de 2025, no município de Congonhal.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/417/projeto_de_lei_11_-_estabelece_as_diretrizes_gerais_para_a_elaboracao_do_orcamento_do_municipio_de_congonhal_para_o_exercicio_de_2026_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/417/projeto_de_lei_11_-_estabelece_as_diretrizes_gerais_para_a_elaboracao_do_orcamento_do_municipio_de_congonhal_para_o_exercicio_de_2026_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Estabelece as diretrizes gerais para a elaboração do orçamento do município de Congonhal para o exercício de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/418/projeto_de_lei_12_-_autoriza_o_municipio_de_congonhal_a_celebrar_convenio_com_o_hospital_de_girimim_cnpj_17.421.173-0001-86.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/418/projeto_de_lei_12_-_autoriza_o_municipio_de_congonhal_a_celebrar_convenio_com_o_hospital_de_girimim_cnpj_17.421.173-0001-86.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Congonhal-MG a celebrar convênio com o Hospital de Girimim, CNPJ nº 17.421.173/0001-86, bem como autoriza a abertura de crédito adicional especial referente ao recurso proveniente de superávit financeiro, nas dotações do orçamento de 2025.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/429/projeto_de_lei_13_-_acrescenta_altera_e_revoga_dispositivos_na_lei_municipal_1.296_de_28_de_junho_de_2011_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/429/projeto_de_lei_13_-_acrescenta_altera_e_revoga_dispositivos_na_lei_municipal_1.296_de_28_de_junho_de_2011_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Acrescenta, altera e revoga dispositivos na Lei Municipal nº 1.296, de 28 de Junho de 2011, e dá outras providências.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/430/projeto_de_lei_14_-_autoriza_a_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2025_no_municipio_de_congonhal..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/430/projeto_de_lei_14_-_autoriza_a_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2025_no_municipio_de_congonhal..pdf</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/431/projeto_de_lei_15_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_tendencia_ao_excesso_de_arrecadacao_nas_dotacoes.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/431/projeto_de_lei_15_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_tendencia_ao_excesso_de_arrecadacao_nas_dotacoes.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar referente ao recurso proveniente de tendência ao excesso de arrecadação, nas dotações do orçamento de 2025, no município de Congonhal.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/426/projeto_resolucao_no_01_-_dispoe_sobre_criacao_de_cargo_em_comissao_no_quadro_de_servidores_do_poder_legislativo_de_congonhal_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/426/projeto_resolucao_no_01_-_dispoe_sobre_criacao_de_cargo_em_comissao_no_quadro_de_servidores_do_poder_legislativo_de_congonhal_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargo em comissão no quadro de servidores do Poder Legislativo de Congonhal e dá outras providências.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/427/projeto_resolucao_no_02_-_rejeita_as_contas_da_prefeitura_municipal_de_congonhal_referente_ao_exercicio_de_2021..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/427/projeto_resolucao_no_02_-_rejeita_as_contas_da_prefeitura_municipal_de_congonhal_referente_ao_exercicio_de_2021..pdf</t>
   </si>
   <si>
     <t>Rejeita as Contas da Prefeitura Municipal de Congonhal/MG., referente ao exercício de 2021.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/428/projeto_resolucao_no_03_-_aprova_as_contas_da_prefeitura_municipal_de_congonhal_referente_ao_exercicio_de_2023..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/428/projeto_resolucao_no_03_-_aprova_as_contas_da_prefeitura_municipal_de_congonhal_referente_ao_exercicio_de_2023..pdf</t>
   </si>
   <si>
     <t>Aprova as Contas da Prefeitura Municipal de Congonhal/MG., referente ao exercício de 2023.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/423/projeto_lei_complementar_01_-_altera_lei_compementar_no_1.416_de_11_de_maio_de_2017_que_dispoe_sobre_criacao_da_estrutura_administrativa.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/423/projeto_lei_complementar_01_-_altera_lei_compementar_no_1.416_de_11_de_maio_de_2017_que_dispoe_sobre_criacao_da_estrutura_administrativa.pdf</t>
   </si>
   <si>
     <t>Altera Lei Compementar nº 1.416 de 11 de maio de 2017, que dispõe sobre criação da estrutura administrativa do Poder Executivo de Congonhal, a Lei 1.269 de 20 de agosto de 2020, que Institui o quadro geral de pessoal e o plano de carreira e vencimentos da administração direta do Poder Executivo de Congonhal e dá outras providências.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/424/projeto_lei_complementar_02_-_cria_cargos_e_vagas_no_quadro_de_cargos_da_carreira_do_magisterio_da_prefeitura_municipal_de_congonhal_disciplinado.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/424/projeto_lei_complementar_02_-_cria_cargos_e_vagas_no_quadro_de_cargos_da_carreira_do_magisterio_da_prefeitura_municipal_de_congonhal_disciplinado.pdf</t>
   </si>
   <si>
     <t>Cria cargos e vagas no quadro de cargos da carreira do magistério da prefeitura municipal de Congonhal, disciplinado pela Lei Complementar 1.257 de 28 de dezembro de 2009 e dá outras providências.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/425/projeto_lei_complementar_03_-_altera_dispositivos_da_lei_municipal_no_940_de_18_de_outubro_de_1995_a_qual_dispoe_sobre_o_regime_juridico.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/425/projeto_lei_complementar_03_-_altera_dispositivos_da_lei_municipal_no_940_de_18_de_outubro_de_1995_a_qual_dispoe_sobre_o_regime_juridico.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 940, de 18 de outubro de 1995, a qual dispõe sobre o Regime Jurídico Único dos servidores públicos do município, das autarquias e das Fundações Públicas Municipais.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Geremias Enfermeiro</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/362/indicacao_no_01_-_indica_que_o_poder_executivo_municipal_reajuste_o_valor_do_vale_alimentacao_dos_servidores_da_prefeitura_instituido_pela_lei_municipal_no_1.239-2009.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/362/indicacao_no_01_-_indica_que_o_poder_executivo_municipal_reajuste_o_valor_do_vale_alimentacao_dos_servidores_da_prefeitura_instituido_pela_lei_municipal_no_1.239-2009.pdf</t>
   </si>
   <si>
     <t>Indica que o Poder Executivo Municipal reajuste o valor do vale alimentação dos servidores da Prefeitura, instituído pela Lei Municipal nº 1.239/2009.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/363/indicacao_no_02_-_indica_ao_poder_executivo_municipal_que_realize_a_manutencao_na_serra_do_bairro_barreiros_incluindo_o_desentupimento_das_manilhas_e_o_nivelamento_com_a_patr.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/363/indicacao_no_02_-_indica_ao_poder_executivo_municipal_que_realize_a_manutencao_na_serra_do_bairro_barreiros_incluindo_o_desentupimento_das_manilhas_e_o_nivelamento_com_a_patr.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que realize a manutenção na serra do bairro Barreiros, incluindo o desentupimento das manilhas e o nivelamento com a patrol.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/364/indicacao_no_03_-_indica_ao_poder_executivo_municipal_de_congonhal_e_a_secretaria_municipal_de_educacao_a_reorganizacao_da_frota_de_onibus_escolar_visando_atender_adequadamen.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/364/indicacao_no_03_-_indica_ao_poder_executivo_municipal_de_congonhal_e_a_secretaria_municipal_de_educacao_a_reorganizacao_da_frota_de_onibus_escolar_visando_atender_adequadamen.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal e à Secretaria Municipal de Educação a reorganização da frota de ônibus escolar, visando atender adequadamente os alunos do período noturno, ou, alternativamente, a disponibilização de um ônibus escolar adicional para essa finalidade.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/365/indicacao_no_04_-_indica_ao_poder_executivo_municipal_a_remocao_de_um_veiculo_abandonado_na_rua_monsenhor_afonso_ligorio_rosa_nas_proximidades_dos_nimeros_16_e_17.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/365/indicacao_no_04_-_indica_ao_poder_executivo_municipal_a_remocao_de_um_veiculo_abandonado_na_rua_monsenhor_afonso_ligorio_rosa_nas_proximidades_dos_nimeros_16_e_17.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a remoção de um veículo abandonado na Rua Monsenhor Afonso Ligório Rosa, nas proximidades dos números 16 e 17.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/366/indicacao_no_05_-_indico_ao_poder_executivo_municipal_que_seja_incluida_a_rua_rio_grande_do_sul_no_213_bairro_santa_elisa_no_itinerario_da_coleta_de_lixo..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/366/indicacao_no_05_-_indico_ao_poder_executivo_municipal_que_seja_incluida_a_rua_rio_grande_do_sul_no_213_bairro_santa_elisa_no_itinerario_da_coleta_de_lixo..pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que seja incluída a Rua Rio Grande do Sul, nº 213, Bairro Santa Elisa, no itinerário da coleta de lixo.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/367/indicacao_no_06_-_indica_ao_poder_executivo_municipal_de_congonhal_servico_de_manutencao_geral_da_estrada_rural_no_lugar_denominado_terraplanagem_no_bairro_dos_coutinhos.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/367/indicacao_no_06_-_indica_ao_poder_executivo_municipal_de_congonhal_servico_de_manutencao_geral_da_estrada_rural_no_lugar_denominado_terraplanagem_no_bairro_dos_coutinhos.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal de Congonhal, serviço de manutenção geral da estrada rural, no lugar denominado terraplanagem, no Bairro dos Coutinhos.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/368/indicacao_no_07_-_indica_ao_poder_executivo_municipal_e_secretaria_municipal_de_educacao_de_congonhal_retorno_dos_professores_de_apoio_as_criancas_com_necessidades_especiais.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/368/indicacao_no_07_-_indica_ao_poder_executivo_municipal_e_secretaria_municipal_de_educacao_de_congonhal_retorno_dos_professores_de_apoio_as_criancas_com_necessidades_especiais.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal e Secretaria Municipal de Educação, retorno dos professores de apoio às crianças com necessidades especiais, uma vez que foram substituídas por monitoras.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que seja realizada a manutenção na grade de escoamento de água localizada na Rua José Inacio Franco.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que seja realizada a limpeza de duas bacias de contenção localizada na chácara da Sra. Judite no Bairro Miguéis.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/371/indicacao_no_10_-_indica_ao_poder_executivo_municipal_e_ao_responsavel_pelo_transito_em_congonhal_a_necessidade_de_implantacao_de_uma_faixa_de_estacionamento_em_frente_ao_poli.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/371/indicacao_no_10_-_indica_ao_poder_executivo_municipal_e_ao_responsavel_pelo_transito_em_congonhal_a_necessidade_de_implantacao_de_uma_faixa_de_estacionamento_em_frente_ao_poli.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal e ao responsável pelo trânsito em Congonhal a necessidade de implantação de uma faixa de estacionamento em frente ao Poliesportivo Municipal.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>Vanderval Mariano</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/372/indicacao_no_11_-_indica_a_prefeitura_municipal_de_congonhal_a_necessidade_de_estabelecer_uma_programacao_para_utilizacao_das_maquinas_patrol_pelos_cafeicultores_do_municipio.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/372/indicacao_no_11_-_indica_a_prefeitura_municipal_de_congonhal_a_necessidade_de_estabelecer_uma_programacao_para_utilizacao_das_maquinas_patrol_pelos_cafeicultores_do_municipio.pdf</t>
   </si>
   <si>
     <t>Indica à Prefeitura Municipal a necessidade de estabelecer uma programação para a utilização das máquinas patrol pelos cafeicultores do município no início do mês de abril de 2025.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/373/indicacao_no_12_-_indica_ao_poder_executivo_municipal_e_ao_setor_responsavel_pelo_transito_em_nosso_municipio_um_estudo_tecnico_para_instalacao_de_quebra_molas_na_avenida_tua.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/373/indicacao_no_12_-_indica_ao_poder_executivo_municipal_e_ao_setor_responsavel_pelo_transito_em_nosso_municipio_um_estudo_tecnico_para_instalacao_de_quebra_molas_na_avenida_tua.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal e ao setor responsável pelo trânsito em nosso município, um estudo técnico para instalação de quebra-molas na Avenida Tuany Toledo, esquina com a Rua Dr. Prefeito Rubens Vilela dos Santos.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/374/indicacao_no_13_-_indica_ao_poder_executivo_municipal_e_secretaria_municipal_de_obras_rurais_melhoria_na_estrada_do_antigo_lixao_ate_a_casa_do_sr._jose_venancio..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/374/indicacao_no_13_-_indica_ao_poder_executivo_municipal_e_secretaria_municipal_de_obras_rurais_melhoria_na_estrada_do_antigo_lixao_ate_a_casa_do_sr._jose_venancio..pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal e Secretaria Municipal de Obras Rurais, melhoria na estrada do antigo lixão, até a casa do Sr. José Venâncio.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/375/indicacao_no_14_-_indica_ao_poder_executivo_municipal_e_secretaria_municipal_de_obras_rurais_melhoria_na_estrada_rural_do_bairro_almas..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/375/indicacao_no_14_-_indica_ao_poder_executivo_municipal_e_secretaria_municipal_de_obras_rurais_melhoria_na_estrada_rural_do_bairro_almas..pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal e Secretaria Municipal de Obras Rurais, melhoria na estrada rural do Bairro Almas.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/376/indicacao_no_15_-_indica_ao_poder_executivo_municipal_e_ao_setor_responsavel_pelo_transito_em_nosso_municipio_um_estudo_tecnico_para_construcao_o_recuo_de_um_metro_no_canteir.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/376/indicacao_no_15_-_indica_ao_poder_executivo_municipal_e_ao_setor_responsavel_pelo_transito_em_nosso_municipio_um_estudo_tecnico_para_construcao_o_recuo_de_um_metro_no_canteir.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal e ao setor responsável pelo trânsito em nosso município, um estudo técnico para construção do recuo de um metro no canteiro central da Avenida Tuany Toledo, no trecho paralelo à Rua Dr. Rubens Vilela.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/377/indicacao_no_16_-_indica_ao_poder_executivo_municipal_e_a_secretaria_municipal_de_educacao_que_seja_realizada_a_instalacao_de_piso_emborrachado_no_parquinho_do_cemei..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/377/indicacao_no_16_-_indica_ao_poder_executivo_municipal_e_a_secretaria_municipal_de_educacao_que_seja_realizada_a_instalacao_de_piso_emborrachado_no_parquinho_do_cemei..pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal e a Secretaria Municipal de Educação, que seja realizada a instalação de piso emborrachado no parquinho do CEMEI.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -831,51 +831,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/419/projeto_legislativo_01_-_concede_reajuste_no_cartao_alimentacao_dos_servidores_do_poder_legislativo_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/420/projeto_legislativo_02_-_concede_revisao_geral_anual_dos_subsidios_dos_agentes_politicos_do_municipio_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/421/projeto_legislativo_03_-_altera_o_anexo_i_da_lei_municipal_1.437_de_22_de_marco_de_2018_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/422/projeto_legislativo_04_-_concede_revisao_geral_anual_da_remuneracao_dos_servidores_publicos_da_camara_municipal_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/407/projeto_de_lei_01_-_altera_dispositivos_da_lei_municipal_1.239-2009_que_autoriza_o_poder_executivo_a_conceder_cestas_basicas_em_pecunia_na_forma_que_especifica.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/408/projeto_de_lei_02_-_autoriza_abertura_de_credito_adicional_especial_referente_anulacao_parcial_ou_total_de_dotacoes_do_orcamento_de_2025_no_municipio_de_congonhal.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/409/projeto_de_lei_03_-_autoriza_abertura_de_credito_adicional_suplementar_referente_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2025_no_municipio_de_congonhal.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/410/projeto_de_lei_04_-_autoriza_abertura_de_credito_adicional_especial_referente_superavit_financeiro_no_orcamento_de_2025_no_municipio_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/411/projeto_de_lei_05_-_autoriza_a_recuperacao_de_creditos_do_municipio_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/412/projeto_de_lei_06_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2025_no_municipio_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/413/projeto_de_lei_07_-_altera_o_anexo_i_da_lei_municipal_no_1.254-2009_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/414/projeto_de_lei_08_-_fixa_indice_e_autoriza_a_concessao_da_revisao_geral_anual_das_remuneracoes_dos_servidores_publicos_ativos_e_inativos_dos_pensionistas_e_dos_conselheiros_tutelares_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/415/projeto_de_lei_09_-_altera_e_acrescenta_dispositivos_na_lei_municipal_no_1.432_de_12_de_julho_de_2017_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/416/projeto_de_lei_10_-_autoriza_abertura_de_credito_adicional_especial_referente_recurso_proveniente_de_superavit_e_excesso_de_arrecadacao_nas_dotacoes_do_orcamento_de_2025..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/417/projeto_de_lei_11_-_estabelece_as_diretrizes_gerais_para_a_elaboracao_do_orcamento_do_municipio_de_congonhal_para_o_exercicio_de_2026_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/418/projeto_de_lei_12_-_autoriza_o_municipio_de_congonhal_a_celebrar_convenio_com_o_hospital_de_girimim_cnpj_17.421.173-0001-86.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/429/projeto_de_lei_13_-_acrescenta_altera_e_revoga_dispositivos_na_lei_municipal_1.296_de_28_de_junho_de_2011_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/430/projeto_de_lei_14_-_autoriza_a_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2025_no_municipio_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/431/projeto_de_lei_15_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_tendencia_ao_excesso_de_arrecadacao_nas_dotacoes.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/426/projeto_resolucao_no_01_-_dispoe_sobre_criacao_de_cargo_em_comissao_no_quadro_de_servidores_do_poder_legislativo_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/427/projeto_resolucao_no_02_-_rejeita_as_contas_da_prefeitura_municipal_de_congonhal_referente_ao_exercicio_de_2021..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/428/projeto_resolucao_no_03_-_aprova_as_contas_da_prefeitura_municipal_de_congonhal_referente_ao_exercicio_de_2023..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/423/projeto_lei_complementar_01_-_altera_lei_compementar_no_1.416_de_11_de_maio_de_2017_que_dispoe_sobre_criacao_da_estrutura_administrativa.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/424/projeto_lei_complementar_02_-_cria_cargos_e_vagas_no_quadro_de_cargos_da_carreira_do_magisterio_da_prefeitura_municipal_de_congonhal_disciplinado.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/425/projeto_lei_complementar_03_-_altera_dispositivos_da_lei_municipal_no_940_de_18_de_outubro_de_1995_a_qual_dispoe_sobre_o_regime_juridico.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/362/indicacao_no_01_-_indica_que_o_poder_executivo_municipal_reajuste_o_valor_do_vale_alimentacao_dos_servidores_da_prefeitura_instituido_pela_lei_municipal_no_1.239-2009.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/363/indicacao_no_02_-_indica_ao_poder_executivo_municipal_que_realize_a_manutencao_na_serra_do_bairro_barreiros_incluindo_o_desentupimento_das_manilhas_e_o_nivelamento_com_a_patr.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/364/indicacao_no_03_-_indica_ao_poder_executivo_municipal_de_congonhal_e_a_secretaria_municipal_de_educacao_a_reorganizacao_da_frota_de_onibus_escolar_visando_atender_adequadamen.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/365/indicacao_no_04_-_indica_ao_poder_executivo_municipal_a_remocao_de_um_veiculo_abandonado_na_rua_monsenhor_afonso_ligorio_rosa_nas_proximidades_dos_nimeros_16_e_17.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/366/indicacao_no_05_-_indico_ao_poder_executivo_municipal_que_seja_incluida_a_rua_rio_grande_do_sul_no_213_bairro_santa_elisa_no_itinerario_da_coleta_de_lixo..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/367/indicacao_no_06_-_indica_ao_poder_executivo_municipal_de_congonhal_servico_de_manutencao_geral_da_estrada_rural_no_lugar_denominado_terraplanagem_no_bairro_dos_coutinhos.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/368/indicacao_no_07_-_indica_ao_poder_executivo_municipal_e_secretaria_municipal_de_educacao_de_congonhal_retorno_dos_professores_de_apoio_as_criancas_com_necessidades_especiais.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/371/indicacao_no_10_-_indica_ao_poder_executivo_municipal_e_ao_responsavel_pelo_transito_em_congonhal_a_necessidade_de_implantacao_de_uma_faixa_de_estacionamento_em_frente_ao_poli.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/372/indicacao_no_11_-_indica_a_prefeitura_municipal_de_congonhal_a_necessidade_de_estabelecer_uma_programacao_para_utilizacao_das_maquinas_patrol_pelos_cafeicultores_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/373/indicacao_no_12_-_indica_ao_poder_executivo_municipal_e_ao_setor_responsavel_pelo_transito_em_nosso_municipio_um_estudo_tecnico_para_instalacao_de_quebra_molas_na_avenida_tua.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/374/indicacao_no_13_-_indica_ao_poder_executivo_municipal_e_secretaria_municipal_de_obras_rurais_melhoria_na_estrada_do_antigo_lixao_ate_a_casa_do_sr._jose_venancio..pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/375/indicacao_no_14_-_indica_ao_poder_executivo_municipal_e_secretaria_municipal_de_obras_rurais_melhoria_na_estrada_rural_do_bairro_almas..pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/376/indicacao_no_15_-_indica_ao_poder_executivo_municipal_e_ao_setor_responsavel_pelo_transito_em_nosso_municipio_um_estudo_tecnico_para_construcao_o_recuo_de_um_metro_no_canteir.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/377/indicacao_no_16_-_indica_ao_poder_executivo_municipal_e_a_secretaria_municipal_de_educacao_que_seja_realizada_a_instalacao_de_piso_emborrachado_no_parquinho_do_cemei..pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/419/projeto_legislativo_01_-_concede_reajuste_no_cartao_alimentacao_dos_servidores_do_poder_legislativo_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/420/projeto_legislativo_02_-_concede_revisao_geral_anual_dos_subsidios_dos_agentes_politicos_do_municipio_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/421/projeto_legislativo_03_-_altera_o_anexo_i_da_lei_municipal_1.437_de_22_de_marco_de_2018_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/422/projeto_legislativo_04_-_concede_revisao_geral_anual_da_remuneracao_dos_servidores_publicos_da_camara_municipal_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/407/projeto_de_lei_01_-_altera_dispositivos_da_lei_municipal_1.239-2009_que_autoriza_o_poder_executivo_a_conceder_cestas_basicas_em_pecunia_na_forma_que_especifica.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/408/projeto_de_lei_02_-_autoriza_abertura_de_credito_adicional_especial_referente_anulacao_parcial_ou_total_de_dotacoes_do_orcamento_de_2025_no_municipio_de_congonhal.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/409/projeto_de_lei_03_-_autoriza_abertura_de_credito_adicional_suplementar_referente_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2025_no_municipio_de_congonhal.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/410/projeto_de_lei_04_-_autoriza_abertura_de_credito_adicional_especial_referente_superavit_financeiro_no_orcamento_de_2025_no_municipio_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/411/projeto_de_lei_05_-_autoriza_a_recuperacao_de_creditos_do_municipio_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/412/projeto_de_lei_06_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2025_no_municipio_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/413/projeto_de_lei_07_-_altera_o_anexo_i_da_lei_municipal_no_1.254-2009_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/414/projeto_de_lei_08_-_fixa_indice_e_autoriza_a_concessao_da_revisao_geral_anual_das_remuneracoes_dos_servidores_publicos_ativos_e_inativos_dos_pensionistas_e_dos_conselheiros_tutelares_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/415/projeto_de_lei_09_-_altera_e_acrescenta_dispositivos_na_lei_municipal_no_1.432_de_12_de_julho_de_2017_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/416/projeto_de_lei_10_-_autoriza_abertura_de_credito_adicional_especial_referente_recurso_proveniente_de_superavit_e_excesso_de_arrecadacao_nas_dotacoes_do_orcamento_de_2025..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/417/projeto_de_lei_11_-_estabelece_as_diretrizes_gerais_para_a_elaboracao_do_orcamento_do_municipio_de_congonhal_para_o_exercicio_de_2026_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/418/projeto_de_lei_12_-_autoriza_o_municipio_de_congonhal_a_celebrar_convenio_com_o_hospital_de_girimim_cnpj_17.421.173-0001-86.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/429/projeto_de_lei_13_-_acrescenta_altera_e_revoga_dispositivos_na_lei_municipal_1.296_de_28_de_junho_de_2011_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/430/projeto_de_lei_14_-_autoriza_a_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2025_no_municipio_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/431/projeto_de_lei_15_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_tendencia_ao_excesso_de_arrecadacao_nas_dotacoes.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/426/projeto_resolucao_no_01_-_dispoe_sobre_criacao_de_cargo_em_comissao_no_quadro_de_servidores_do_poder_legislativo_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/427/projeto_resolucao_no_02_-_rejeita_as_contas_da_prefeitura_municipal_de_congonhal_referente_ao_exercicio_de_2021..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/428/projeto_resolucao_no_03_-_aprova_as_contas_da_prefeitura_municipal_de_congonhal_referente_ao_exercicio_de_2023..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/423/projeto_lei_complementar_01_-_altera_lei_compementar_no_1.416_de_11_de_maio_de_2017_que_dispoe_sobre_criacao_da_estrutura_administrativa.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/424/projeto_lei_complementar_02_-_cria_cargos_e_vagas_no_quadro_de_cargos_da_carreira_do_magisterio_da_prefeitura_municipal_de_congonhal_disciplinado.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/425/projeto_lei_complementar_03_-_altera_dispositivos_da_lei_municipal_no_940_de_18_de_outubro_de_1995_a_qual_dispoe_sobre_o_regime_juridico.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/362/indicacao_no_01_-_indica_que_o_poder_executivo_municipal_reajuste_o_valor_do_vale_alimentacao_dos_servidores_da_prefeitura_instituido_pela_lei_municipal_no_1.239-2009.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/363/indicacao_no_02_-_indica_ao_poder_executivo_municipal_que_realize_a_manutencao_na_serra_do_bairro_barreiros_incluindo_o_desentupimento_das_manilhas_e_o_nivelamento_com_a_patr.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/364/indicacao_no_03_-_indica_ao_poder_executivo_municipal_de_congonhal_e_a_secretaria_municipal_de_educacao_a_reorganizacao_da_frota_de_onibus_escolar_visando_atender_adequadamen.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/365/indicacao_no_04_-_indica_ao_poder_executivo_municipal_a_remocao_de_um_veiculo_abandonado_na_rua_monsenhor_afonso_ligorio_rosa_nas_proximidades_dos_nimeros_16_e_17.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/366/indicacao_no_05_-_indico_ao_poder_executivo_municipal_que_seja_incluida_a_rua_rio_grande_do_sul_no_213_bairro_santa_elisa_no_itinerario_da_coleta_de_lixo..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/367/indicacao_no_06_-_indica_ao_poder_executivo_municipal_de_congonhal_servico_de_manutencao_geral_da_estrada_rural_no_lugar_denominado_terraplanagem_no_bairro_dos_coutinhos.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/368/indicacao_no_07_-_indica_ao_poder_executivo_municipal_e_secretaria_municipal_de_educacao_de_congonhal_retorno_dos_professores_de_apoio_as_criancas_com_necessidades_especiais.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/371/indicacao_no_10_-_indica_ao_poder_executivo_municipal_e_ao_responsavel_pelo_transito_em_congonhal_a_necessidade_de_implantacao_de_uma_faixa_de_estacionamento_em_frente_ao_poli.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/372/indicacao_no_11_-_indica_a_prefeitura_municipal_de_congonhal_a_necessidade_de_estabelecer_uma_programacao_para_utilizacao_das_maquinas_patrol_pelos_cafeicultores_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/373/indicacao_no_12_-_indica_ao_poder_executivo_municipal_e_ao_setor_responsavel_pelo_transito_em_nosso_municipio_um_estudo_tecnico_para_instalacao_de_quebra_molas_na_avenida_tua.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/374/indicacao_no_13_-_indica_ao_poder_executivo_municipal_e_secretaria_municipal_de_obras_rurais_melhoria_na_estrada_do_antigo_lixao_ate_a_casa_do_sr._jose_venancio..pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/375/indicacao_no_14_-_indica_ao_poder_executivo_municipal_e_secretaria_municipal_de_obras_rurais_melhoria_na_estrada_rural_do_bairro_almas..pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/376/indicacao_no_15_-_indica_ao_poder_executivo_municipal_e_ao_setor_responsavel_pelo_transito_em_nosso_municipio_um_estudo_tecnico_para_construcao_o_recuo_de_um_metro_no_canteir.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2025/377/indicacao_no_16_-_indica_ao_poder_executivo_municipal_e_a_secretaria_municipal_de_educacao_que_seja_realizada_a_instalacao_de_piso_emborrachado_no_parquinho_do_cemei..pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>