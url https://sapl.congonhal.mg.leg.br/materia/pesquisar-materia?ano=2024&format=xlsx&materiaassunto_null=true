--- v0 (2025-12-06)
+++ v1 (2026-03-14)
@@ -54,852 +54,852 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
     <t>César da Nazaré</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/401/projeto_legislativo_01_-_denomina_ruas_do_loteamento_sao_sebastiao_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/401/projeto_legislativo_01_-_denomina_ruas_do_loteamento_sao_sebastiao_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Denomina Ruas do Loteamento São Sebastião e dá outras providências.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/402/projeto_legislativo_02_-_fixa_os_subsidios_do_prefeito_vice-prefeito_vereadores_e_secretarios_para_os_exercicios_2025-2028_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/402/projeto_legislativo_02_-_fixa_os_subsidios_do_prefeito_vice-prefeito_vereadores_e_secretarios_para_os_exercicios_2025-2028_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios do Prefeito, Vice-Prefeito, Vereadores e Secretários, para os exercícios de 2025/2028, e dá outras providências.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/403/projeto_legislativo_03_-_concede_a_revisao_geral_anual_da_remuneracao_dos_servidores_publicos_da_camara_municipal_de_congonhal_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/403/projeto_legislativo_03_-_concede_a_revisao_geral_anual_da_remuneracao_dos_servidores_publicos_da_camara_municipal_de_congonhal_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Concede a revisão geral anual da remuneração dos servidores públicos da Câmara Municipal de Congonhal e dá outras providências.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/404/projeto_legislativo_04_-_concede_revisao_geral_anual_dos_subsidios_dos_agentes_politicos_do_municipio_de_congonhal_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/404/projeto_legislativo_04_-_concede_revisao_geral_anual_dos_subsidios_dos_agentes_politicos_do_municipio_de_congonhal_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Concede a revisão geral anual dos subsídios dos agentes políticos do município de Congonhal e dá outras providências.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/405/projeto_legislativo_05_-_da_denominacao_a_ponte_de_acesso_entre_os_bairros_rurais_cervo_e_taiobas.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/405/projeto_legislativo_05_-_da_denominacao_a_ponte_de_acesso_entre_os_bairros_rurais_cervo_e_taiobas.pdf</t>
   </si>
   <si>
     <t>Dá denominação a ponte de acesso entre os Bairros rurais Cervo e Taiobas.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/406/projeto_legislativo_06_-_altera_lei_1.247_de_03.09.2009_acrescenta_o_titulo_delegado_a_nomenclatura_candido_coutinho_guimaraes..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/406/projeto_legislativo_06_-_altera_lei_1.247_de_03.09.2009_acrescenta_o_titulo_delegado_a_nomenclatura_candido_coutinho_guimaraes..pdf</t>
   </si>
   <si>
     <t>Altera Lei nº 1.247/2009 de 03/09/2009, acrescentando o Título "Delegado à nomenclatura Candido Coutinho Guimarães".</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Moisés Ferreira Vaz</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/330/projeto_de_lei_01-_altera_a_lei_municipal_1.254_de_09_de_dezembro_de_2009_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/330/projeto_de_lei_01-_altera_a_lei_municipal_1.254_de_09_de_dezembro_de_2009_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal 1.254, de 09 de dezembro de 2009 e dá outras providências.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/331/projeto_de_lei_02-_autoriza_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_de_tendencia_a_excesso_de_arrecadacao_nas_dotacoes_do_orcamento_de_2024.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/331/projeto_de_lei_02-_autoriza_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_de_tendencia_a_excesso_de_arrecadacao_nas_dotacoes_do_orcamento_de_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar ref ao recurso proveniente de tendência a excesso de arrecadação, nas dotações do orçamento de 2024, no município de Congonhal.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/332/projeto_de_lei_03_-_dispoe_sobre_a_regularizacao_de_construcoes_irregulares_ou_nao_licenciadas_pela_prefeitura_municipal_de_congonhal_em_desacordo_com_a_legislacao_pertinente.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/332/projeto_de_lei_03_-_dispoe_sobre_a_regularizacao_de_construcoes_irregulares_ou_nao_licenciadas_pela_prefeitura_municipal_de_congonhal_em_desacordo_com_a_legislacao_pertinente.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regularização de construções irregulares ou não licenciadas pela prefeitura municipal de Congonhal, em desacordo com a legislação pertinente, e dá outras providências.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/333/projeto_de_lei_04_-_cria_o_conselho_municipal_dos_direitos_da_mulher_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/333/projeto_de_lei_04_-_cria_o_conselho_municipal_dos_direitos_da_mulher_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal dos Direitos da Mulher, e dá outras providências.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/334/projeto_de_lei_05_-_autoriza_o_municipio_de_congonhal_a_celebrar_termo_de_cooperacao_tecnica_com_o_hospital_de_gimirim_cnpj_17.421.173000186_bem_como_autoriza_abertura_de_credito.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/334/projeto_de_lei_05_-_autoriza_o_municipio_de_congonhal_a_celebrar_termo_de_cooperacao_tecnica_com_o_hospital_de_gimirim_cnpj_17.421.173000186_bem_como_autoriza_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Congonhal a celebrar Termo de Cooperação Técnica com o Hospital de Gimirim, CNPJ 17.421.173000186, bem como autoriza abertura de crédito adicional especial referente a Superavit Financeiro nas dotações do orçamento e 2024.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/335/projeto_de_lei_06_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2024..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/335/projeto_de_lei_06_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2024..pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de credito adicional suplementar referente ao recurso proveniente de superávit financeiro, nas dotações do orçamento de 2024.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/336/projeto_de_lei_07_-_autoriza_abertura_de_credito_adicional_suplementar_por_superavit_financeiro_nas_dotacoes_de_folha_de_pagamento_e_obrigacoes_patronais_do_orcamento_de_2024.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/336/projeto_de_lei_07_-_autoriza_abertura_de_credito_adicional_suplementar_por_superavit_financeiro_nas_dotacoes_de_folha_de_pagamento_e_obrigacoes_patronais_do_orcamento_de_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar por superávit financeiro nas dotações de folha de pagamento e obrigações patronais do orçamento de 2024, com recurso financeiro de transferencias Fundo a Fundo de Recursos do SUS provenientes do Governo Estadual</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/337/projeto_de_lei_08_-_autoriza_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_de_excesso_de_arrecadacao_nas_dotacoes_do_orcamento_de_2024..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/337/projeto_de_lei_08_-_autoriza_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_de_excesso_de_arrecadacao_nas_dotacoes_do_orcamento_de_2024..pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar ref ao recurso proveniente de excesso de arrecadação, nas dotações do orçamento de 2024.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/338/projeto_de_lei_09_-_autoriza_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_de_excesso_de_arrecadacao_nas_dotacoes_do_orcamento_de_2024..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/338/projeto_de_lei_09_-_autoriza_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_de_excesso_de_arrecadacao_nas_dotacoes_do_orcamento_de_2024..pdf</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/339/projeto_de_lei_10_-_autoriza_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_de_tendencia_a_excesso_de_arrecadacao_nas_dotacoes_do_orcamento_de_2024.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/339/projeto_de_lei_10_-_autoriza_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_de_tendencia_a_excesso_de_arrecadacao_nas_dotacoes_do_orcamento_de_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar ref ao recurso proveniente de tendência a excesso de arrecadação, nas dotações do orçamento de 2024, no município de Congonhal</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/340/projeto_de_lei_11_-_autoriza_abertura_de_credito_adicional_especial_ref_ao_recurso_proveniente_de_anulacao_parcial_nas_dotacoes_do_orcamento_de_2024.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/340/projeto_de_lei_11_-_autoriza_abertura_de_credito_adicional_especial_ref_ao_recurso_proveniente_de_anulacao_parcial_nas_dotacoes_do_orcamento_de_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional especial ref ao recurso proveniente de anulação parcial nas dotações do orçamento de 2024</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/341/projeto_de_lei_12_-_autoriza_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2024..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/341/projeto_de_lei_12_-_autoriza_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2024..pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar ref ao recurso proveniente de superávit financeiro nas dotações do orçamento de 2024.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/342/projeto_de_lei_13_-_autoriza_a_doacao_de_imoveis_do_municipio_a_associacao_de_pais_e_amigos_dos_excepcionais_de_congonhal_-_apae.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/342/projeto_de_lei_13_-_autoriza_a_doacao_de_imoveis_do_municipio_a_associacao_de_pais_e_amigos_dos_excepcionais_de_congonhal_-_apae.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de imóveis do município à Associação de Pais e Amigos dos Excepcionais de Congonhal - APAE</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/343/projeto_de_lei_14_-_autoriza_abertura_de_credito_adicional_especial_ref_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2024..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/343/projeto_de_lei_14_-_autoriza_abertura_de_credito_adicional_especial_ref_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2024..pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional especial ref ao recurso proveniente de superávit financeiro nas dotações do orçamento de 2024.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/344/projeto_de_lei_15_-_autoriza_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2024.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/344/projeto_de_lei_15_-_autoriza_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar ref ao recurso proveniente de superavit financeiro, nas dotações do orçamento de 2024</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/378/projeto_de_lei_17_-_dispoe_sobre_o_sistema_unico_de_asssistencia_social_do_municipio_de_congonhal_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/378/projeto_de_lei_17_-_dispoe_sobre_o_sistema_unico_de_asssistencia_social_do_municipio_de_congonhal_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema Único de Assistência Social do Município de Congonhal e dá outras providências.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/379/projeto_de_lei_18_-_institui_o_programa_de_recuperacao_e_auxilio_humanitario_destinado_a_mitigacao_de_danos_a_populacao.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/379/projeto_de_lei_18_-_institui_o_programa_de_recuperacao_e_auxilio_humanitario_destinado_a_mitigacao_de_danos_a_populacao.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação e Auxílio Humanitário destinado à mitigação de danos à população afetada por situações de emergência ou calamidade pública, no município de Congonhal.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/380/projeto_de_lei_19_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2024_no_municipio_de_congonhal..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/380/projeto_de_lei_19_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2024_no_municipio_de_congonhal..pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar referente ao recurso proveniente de Superavit financeiro, nas dotações do orçamento de 2024, no município de Congonhal.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/381/projeto_de_lei_20_-_dispoe_sobre_criacao_do_conselho_municipal_dos_direitos_da_pessoa_com_deficiencia_estabelece_a_politica_municipal_da_pessoa_com_deficiencia_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/381/projeto_de_lei_20_-_dispoe_sobre_criacao_do_conselho_municipal_dos_direitos_da_pessoa_com_deficiencia_estabelece_a_politica_municipal_da_pessoa_com_deficiencia_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal dos Direitos da Pessoa com deficiência, estabelece a Política Municipal da pessoa com deficiência e dá outras providências.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/382/projeto_de_lei_21_-_altera_dispositivos_da_lei_municipal_1.331_de_13_de_maio_de_2013_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/382/projeto_de_lei_21_-_altera_dispositivos_da_lei_municipal_1.331_de_13_de_maio_de_2013_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 1.331, de 13 de maio de 2013, e dá outras providências.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/383/projeto_de_lei_22_-_autoriza_abertura_de_credito_adicional_suplementar_referente_anulacao_parcial_ou_total_de_dotacoes_do_orcamento_de_2024_no_municipio_de_congonhal..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/383/projeto_de_lei_22_-_autoriza_abertura_de_credito_adicional_suplementar_referente_anulacao_parcial_ou_total_de_dotacoes_do_orcamento_de_2024_no_municipio_de_congonhal..pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar referente a anulação parcial ou total de dotações do orçamento de 2024, no município de Congonhal.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/384/projeto_de_lei_23_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2024_no_municipio_de_congonhal..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/384/projeto_de_lei_23_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2024_no_municipio_de_congonhal..pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar referente ao recurso proveniente de superavit financeiro, nas dotações do orçamento de 2024, no município de Congonhal.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/385/projeto_de_lei_24_-_autoriza_abertura_de_credito_adicional_especial_referente_recurso_proveniente_de_tendencia_a_excesso_de_arrecadacao_nas_dotacoes_do_orcamento_de_2024_bem_como_inclui_no_plano.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/385/projeto_de_lei_24_-_autoriza_abertura_de_credito_adicional_especial_referente_recurso_proveniente_de_tendencia_a_excesso_de_arrecadacao_nas_dotacoes_do_orcamento_de_2024_bem_como_inclui_no_plano.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial referente ao recurso proveniente de tendência a excesso de arrecadação, nas dotações do orçamento de 2024, bem como inclui no Plano Plurianual 2022 a 2025 e Lei de Diretrizes Orçamentárias de 2024, no município de Congonhal.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/386/projeto_de_lei_25_-_autoriza_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_de_tendencia_a_excesso_de_arrecadacao.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/386/projeto_de_lei_25_-_autoriza_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_de_tendencia_a_excesso_de_arrecadacao.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar referente ao recurso proveniente de tendência a excesso de arrecadação, nas dotações do orçamento de 2024, no município de Congonhal.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/387/projeto_de_lei_26_-_fica_instituido_no_ambito_do_municipio_de_congonhal_o_dia_do_carreiro..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/387/projeto_de_lei_26_-_fica_instituido_no_ambito_do_municipio_de_congonhal_o_dia_do_carreiro..pdf</t>
   </si>
   <si>
     <t>Fica instituído no âmbito do município de Congonhal o Dia do Carreiro.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/388/projeto_de_lei_27_-_altera_lei_no_1.486_de_21_de_agosto_de_2020..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/388/projeto_de_lei_27_-_altera_lei_no_1.486_de_21_de_agosto_de_2020..pdf</t>
   </si>
   <si>
     <t>Altera Lei nº 1.486, de 21 de agosto de 2020.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/389/projeto_de_lei_28_-_altera_lei_no_1.328_de_29_de_abril_de_2013_e_a_lei_no_1.502_de_02_de_julho_de_2021_a_qual_dispoe_sobre_o_coneslho_municipal_de_turismo_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/389/projeto_de_lei_28_-_altera_lei_no_1.328_de_29_de_abril_de_2013_e_a_lei_no_1.502_de_02_de_julho_de_2021_a_qual_dispoe_sobre_o_coneslho_municipal_de_turismo_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Altera Lei nº 1.328, de 29 de abril de 2013 e a Lei nº 1.502, de 02 de julho de 2021 a qual dispõe sobre o Conselho Municipal de Turismo, e dá outras providências.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/390/projeto_de_lei_29_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_tendencia_a_excesso_de_arreccadacao_nas_dotacoes_do_orcamento_de_2024_no_municipio.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/390/projeto_de_lei_29_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_tendencia_a_excesso_de_arreccadacao_nas_dotacoes_do_orcamento_de_2024_no_municipio.pdf</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/391/projeto_de_lei_30_-_autoriza_o_poder_executivo_municipal_a_firmar_convenio_com_a_comunidade_do_bom_pastor_para_os_fins_que_menciona_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/391/projeto_de_lei_30_-_autoriza_o_poder_executivo_municipal_a_firmar_convenio_com_a_comunidade_do_bom_pastor_para_os_fins_que_menciona_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Convênio com a Comunidade do Bom Pastor, para os fins que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/392/projeto_de_lei_31_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2024_no_municipio_de_congonhal.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/392/projeto_de_lei_31_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2024_no_municipio_de_congonhal.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar referente ao recurso proveniente de superávit financeiro, nas dotações do orçamento de 2024, no município de Congonhal.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/393/projeto_de_lei_32_-_institui_a_semana_municipal_da_cultura_evangelica_e_do_dia_municipal_do_evangelico_no_ambito_do_municipio_de_congonhal_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/393/projeto_de_lei_32_-_institui_a_semana_municipal_da_cultura_evangelica_e_do_dia_municipal_do_evangelico_no_ambito_do_municipio_de_congonhal_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal da Cultura Evangélica e do Dia Municipal do Evangélico no âmbito do município de Congonhal e dá outras providências.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/394/projeto_de_lei_33_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_congonhal_para_o_exercicio_de_2025_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/394/projeto_de_lei_33_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_congonhal_para_o_exercicio_de_2025_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Congonhal para o exercício de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/395/projeto_de_lei_34_-_autoriza_abertura_de_credito_adicional_suplementar_referente_anulacao_parcial_ou_total.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/395/projeto_de_lei_34_-_autoriza_abertura_de_credito_adicional_suplementar_referente_anulacao_parcial_ou_total.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar referente a anulação parcial ou total de dotações nas dotações de folha de pagamento, obrigações patronais e contributivas do orçamento de 2024, no município de Congonhal.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/396/projeto_de_lei_35_-_autoriza_abertura_de_credito_adicional_suplementar_adicional_suplementar_ref_anulacao_parcial_ou_total_de_dotacoes.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/396/projeto_de_lei_35_-_autoriza_abertura_de_credito_adicional_suplementar_adicional_suplementar_ref_anulacao_parcial_ou_total_de_dotacoes.pdf</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/397/projeto_de_lei_36_-_institui_no_ambito_do_municipio_de_congonhal_o_plano_municipal_de_saneamento_basico_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/397/projeto_de_lei_36_-_institui_no_ambito_do_municipio_de_congonhal_o_plano_municipal_de_saneamento_basico_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do Município de Congonhal/MG, o Plano Municipal de Saneamento Básico e dá outras providências.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/398/projeto_de_lei_37_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_excesso_de_arrecadacao_nas_dotacoes_do_orcamento_de_2024..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/398/projeto_de_lei_37_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_excesso_de_arrecadacao_nas_dotacoes_do_orcamento_de_2024..pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar referente ao recurso proveniente de excesso de arrecadação, nas dotações do orçamento de 2024, no município de Congonhal.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/399/projeto_de_lei_38_-_autoriza_abertura_de_credito_adicional_suplementar_ref_anulacao_parcial_ou_total_de_dotacoes_no_orcamento_de_2024..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/399/projeto_de_lei_38_-_autoriza_abertura_de_credito_adicional_suplementar_ref_anulacao_parcial_ou_total_de_dotacoes_no_orcamento_de_2024..pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar referente a anulação parcial ou total de dotações no orçamento de 2024, no município de Congonhal.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/400/projeto_de_lei_39_-_autoriza_abertura_de_credito_adicional_suplementar_ref_anulacao_parcial_ou_total_de_dotacoes_no_orcamento_de_2024..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/400/projeto_de_lei_39_-_autoriza_abertura_de_credito_adicional_suplementar_ref_anulacao_parcial_ou_total_de_dotacoes_no_orcamento_de_2024..pdf</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Professora Hellen Coutinho</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/309/indicacao_no_001_-_indica_ao_poder_executivo_municipal_de_congonhal_a_disponibilizacao_de_sala_para_atendimentos_e_procedimentos_dos_veterinarios_da_prefeitura_municipal_de_c.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/309/indicacao_no_001_-_indica_ao_poder_executivo_municipal_de_congonhal_a_disponibilizacao_de_sala_para_atendimentos_e_procedimentos_dos_veterinarios_da_prefeitura_municipal_de_c.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal de Congonhal, a disponibilização de sala para atendimentos e procedimentos dos veterinários da Prefeitura Municipal de Congonhal</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>Vanderval Mariano</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/310/indicacao_no_002_-_indica_ao_poder_executivo_e_o_setor_responsavel_ou_ficalize_e_cobre_de_quem_de_obrigacao_que_faca_calcada_na_rua_joao_pereira_lopes_inicio_do_portao_da_e.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/310/indicacao_no_002_-_indica_ao_poder_executivo_e_o_setor_responsavel_ou_ficalize_e_cobre_de_quem_de_obrigacao_que_faca_calcada_na_rua_joao_pereira_lopes_inicio_do_portao_da_e.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo e o setor responsável, ou ficalize e cobre de quem de obrigação, que faça calçada na Rua João Pereira Lopes, início do portão da Escola João Lúcio dos Santos sentido Bairro Bela Vista</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/311/indicacao_no_003_-_indica_ao_poder_executivo_municipal_e_setor_de_obras_rurais_a_realizacao_de_manutencao_geral_na_estrada_principal_do_bairro_grota_rica_em_pontos_especifico.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/311/indicacao_no_003_-_indica_ao_poder_executivo_municipal_e_setor_de_obras_rurais_a_realizacao_de_manutencao_geral_na_estrada_principal_do_bairro_grota_rica_em_pontos_especifico.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal e setor de Obras Rurais a realização de manutenção geral na estrada principal do Bairro Grota Rica, em pontos específico</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/312/indicacao_no_004_-_indica_ao_poder_executivo_municipal_de_congonhal_servico_de_manutencao_geral_da_estrada_rural_no_lugar_denominado_terraplanagem_no_bairro_dos_coutinhos..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/312/indicacao_no_004_-_indica_ao_poder_executivo_municipal_de_congonhal_servico_de_manutencao_geral_da_estrada_rural_no_lugar_denominado_terraplanagem_no_bairro_dos_coutinhos..pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo municipal de Congonhal, serviço de manutenção geral da estrada rural, no lugar denominado terraplanagem, no Bairro dos Coutinhos.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>Geremias Enfermeiro</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/313/indicacao_no_005_-_indica_que_o_poder_executivo_municipal_reajuste_o_vale_alimentacao_instituido_pela_lei_municipal_no_1.239-2009_aos_servidores_publicos_municipais.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/313/indicacao_no_005_-_indica_que_o_poder_executivo_municipal_reajuste_o_vale_alimentacao_instituido_pela_lei_municipal_no_1.239-2009_aos_servidores_publicos_municipais.pdf</t>
   </si>
   <si>
     <t>Indica que o Poder Executivo Municipal reajuste o Vale Alimentação instituído pela Lei Municipal nº 1.239/2009 aos servidores públicos municipais</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/314/indicacao_no_006_-_indica_ao_poder_executivo_municipal_de_congonhal_a_concretagem_do_piso_da_garagem_do_psf_homero_domingues_simoes..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/314/indicacao_no_006_-_indica_ao_poder_executivo_municipal_de_congonhal_a_concretagem_do_piso_da_garagem_do_psf_homero_domingues_simoes..pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal de Congonhal a concretagem do piso da garagem do PSF Homero Domingues Simões.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/315/indicacao_no_007_-_indica_ao_poder_executivo_municipal_e_ao_setor_competente_que_coloque_um_corte_de_manilha_e_cascalho_no_bairro_da_mata_nas_proximidades_da_residencia_do_se.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/315/indicacao_no_007_-_indica_ao_poder_executivo_municipal_e_ao_setor_competente_que_coloque_um_corte_de_manilha_e_cascalho_no_bairro_da_mata_nas_proximidades_da_residencia_do_se.pdf</t>
   </si>
   <si>
     <t>Indicação nº 007 - Indica ao Poder Executivo Municipal e ao setor competente que coloque um corte de manilha e cascalho no Bairro da Mata, nas proximidades da residência do Senhor conhecido como Júlio filho do João Capitão</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/316/indicacao_no_008_-_indica_ao_poder_executivo_municipal_de_congonhal_manutencao_dos_bloquetes_da_rua_mato_grosso_no_bairro_santa_elisa_a_pedido_de_moradores..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/316/indicacao_no_008_-_indica_ao_poder_executivo_municipal_de_congonhal_manutencao_dos_bloquetes_da_rua_mato_grosso_no_bairro_santa_elisa_a_pedido_de_moradores..pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal de Congonhal, manutenção dos bloquetes da Rua Mato Grosso, no bairro Santa Elisa, a pedido de moradores.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/317/indicacao_no_009_-_indica_ao_poder_executivo_municipal_e_ao_setor_competente_que_realize_restauracao_no_asfalto_da_rua_silviano_brandao_na_esquina_da_farmacia_americana.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/317/indicacao_no_009_-_indica_ao_poder_executivo_municipal_e_ao_setor_competente_que_realize_restauracao_no_asfalto_da_rua_silviano_brandao_na_esquina_da_farmacia_americana.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal e ao setor competente que realize restauração no asfalto da Rua Silviano Brandão, na esquina da Farmácia Americana</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/318/indicacao_no_010_-_indica_ao_setor_responsavel_a_disponibilizacao_de_maquina_patrol_e_outros_veiculos_publicos_para_os_servicos_pertinentes_nas_estradas_rurais_no_municipio_de.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/318/indicacao_no_010_-_indica_ao_setor_responsavel_a_disponibilizacao_de_maquina_patrol_e_outros_veiculos_publicos_para_os_servicos_pertinentes_nas_estradas_rurais_no_municipio_de.pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável a disponibilização de máquina patrol e outros veículos públicos para os serviços pertinentes nas estradas rurais no municipio de Congonhal</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/319/indicacao_no_011_-_indica_ao_poder_executivo_municipal_de_congonhal_a_contratacao_dos_servicos_de_castramovel_para_nosso_municipio..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/319/indicacao_no_011_-_indica_ao_poder_executivo_municipal_de_congonhal_a_contratacao_dos_servicos_de_castramovel_para_nosso_municipio..pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal de Congonhal, a contratação dos serviços de Castramóvel para nosso município.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/320/indicacao_no_012_-_indica_ao_poder_executivo_e_a_secretaria_municipal_de_educacao_a_disponibilizacao_de_um_onibus_escolar_adicional_para_atender_os_alunos_do_turno_noturno_co.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/320/indicacao_no_012_-_indica_ao_poder_executivo_e_a_secretaria_municipal_de_educacao_a_disponibilizacao_de_um_onibus_escolar_adicional_para_atender_os_alunos_do_turno_noturno_co.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo e a Secretaria Municipal de Educação, a disponibilização de um ônibus escolar adicional para atender os alunos do turno noturno com destino a Pouso Alegre.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/321/indicacao_no_013_-_indica_ao_poder_executivo_municipal_e_ao_setor_competente_que_faca_manutencao_e_limpeza_na_estrada_depois_da_serra_do_barreiro..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/321/indicacao_no_013_-_indica_ao_poder_executivo_municipal_e_ao_setor_competente_que_faca_manutencao_e_limpeza_na_estrada_depois_da_serra_do_barreiro..pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal e ao setor competente que faça manutenção e limpeza na estrada depois da Serra do Barreiro.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/322/indicacao_no_014_-_indica_ao_poder_executivo_municipal_de_congonhal_servico_de_manutencao_nas_manilhas_na_estrada_mestre_no_bairro_dos_coutinhos_proximo_a_residencia_do_sr..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/322/indicacao_no_014_-_indica_ao_poder_executivo_municipal_de_congonhal_servico_de_manutencao_nas_manilhas_na_estrada_mestre_no_bairro_dos_coutinhos_proximo_a_residencia_do_sr..pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal de Congonhal, serviço de manutenção nas manilhas na estrada mestre, no Bairro dos Coutinhos, proximo a residencia do Sr. Sinésio.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/323/indicacao_no_015_-_indica_ao_setor_de_obras_rurais_a_realizacao_de_servicos_de_melhoria_na_estrada_do_bairro_rural_grota_rica_e_em_todos_os_demais_bairros_rurais_do_municipio.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/323/indicacao_no_015_-_indica_ao_setor_de_obras_rurais_a_realizacao_de_servicos_de_melhoria_na_estrada_do_bairro_rural_grota_rica_e_em_todos_os_demais_bairros_rurais_do_municipio.pdf</t>
   </si>
   <si>
     <t>Indica ao setor de obras rurais a realização de serviços de melhoria na estrada do bairro rural Grota Rica, e em todos os demais bairros rurais do município</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/345/indicacao_no_016_-_indica_ao_poder_executivo_municipal_a_colocacao_de_internet_para_uso_pedagogicos_em_salas_de_aula_no_cemei_professora_vita_alves_de_lima_e_na_escola_municip.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/345/indicacao_no_016_-_indica_ao_poder_executivo_municipal_a_colocacao_de_internet_para_uso_pedagogicos_em_salas_de_aula_no_cemei_professora_vita_alves_de_lima_e_na_escola_municip.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a colocação de internet para uso pedagógicos em salas de aula no CEMEI Professora Vita Alves de Lima e na Escola Municipal João Lúcio dos Santos</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/346/indicacao_no_017_-_indica_ao_poder_executivo_municipal_de_congonhal_manutencao_dos_bloquetes_e_limpeza_da_rua_joao_candido_pimentel_e_demais_ruas_no_bairro_bela_vista..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/346/indicacao_no_017_-_indica_ao_poder_executivo_municipal_de_congonhal_manutencao_dos_bloquetes_e_limpeza_da_rua_joao_candido_pimentel_e_demais_ruas_no_bairro_bela_vista..pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal de Congonhal, manutenção dos bloquetes e limpeza da Rua João Cândido Pimentel, e demais ruas no bairro Bela Vista.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/347/indicacao_no_018_-_indica_ao_poder_executivo_municipal_aquisicao_de_mais_uma_maquina_de_lavar_roupas_para_o_cemei_prof._vita_alves_de_lima.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/347/indicacao_no_018_-_indica_ao_poder_executivo_municipal_aquisicao_de_mais_uma_maquina_de_lavar_roupas_para_o_cemei_prof._vita_alves_de_lima.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal aquisição de mais uma máquina de lavar roupas para o CEMEI Prof. Vita Alves de Lima</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/348/indicacao_no_019_-_indica_ao_poder_executivo_municipal_a_colocacao_de_grade_de_protecao_na_ponte_do_bairro_coutinhos_proximo_ao_pesqueiro_cachoeirinha..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/348/indicacao_no_019_-_indica_ao_poder_executivo_municipal_a_colocacao_de_grade_de_protecao_na_ponte_do_bairro_coutinhos_proximo_ao_pesqueiro_cachoeirinha..pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a colocação de grade de proteção na ponte do bairro Coutinhos, próximo ao pesqueiro Cachoeirinha.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/349/indicacao_no_020_-_indica_ao_poder_executivo_municipal_a_possibilidade_de_impedimento_de_transito_de_caminhoes_pesados_na_rua_edna_fatima_reis_lima_rua_paralela_ao_cemei_prof.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/349/indicacao_no_020_-_indica_ao_poder_executivo_municipal_a_possibilidade_de_impedimento_de_transito_de_caminhoes_pesados_na_rua_edna_fatima_reis_lima_rua_paralela_ao_cemei_prof.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a possibilidade de impedimento de trânsito de caminhões pesados na rua Edna Fátima Reis Lima, rua paralela ao CEMEI Professora Vita Alves de Lima</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/350/indicacao_no_021_-_indica_ao_poder_executivo_que_realize_a_faixa_elevada_para_travessia_de_pedestres_em_frente_as_escolas_de_nossa_cidade..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/350/indicacao_no_021_-_indica_ao_poder_executivo_que_realize_a_faixa_elevada_para_travessia_de_pedestres_em_frente_as_escolas_de_nossa_cidade..pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que realize a faixa elevada para travessia de pedestres em frente as escolas de nossa cidade.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo faça manutenção ou a substituição das lâmpadas do Loteamento São José.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/352/indicacao_no_023_-_indica_ao_poder_executivo_municipal_e_a_secretaria_de_estradas_rurais_que_faca_a_manutencao_da_estrada_no_bairro_coutinhos_conhecida_por_estrada_do_engenho.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/352/indicacao_no_023_-_indica_ao_poder_executivo_municipal_e_a_secretaria_de_estradas_rurais_que_faca_a_manutencao_da_estrada_no_bairro_coutinhos_conhecida_por_estrada_do_engenho.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal e a secretaria de estradas rurais que faça a manutenção da estrada no bairro Coutinhos, conhecida por estrada do Engenho Velho</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/353/indicacao_no_024_-_indica_ao_poder_executivo_e_a_secretaria_de_educacao_municipal_a_compra_de_tvs_smart_para_o_cemei_vital_alves_de_lima_ou_adaptores_para_as_existentes.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/353/indicacao_no_024_-_indica_ao_poder_executivo_e_a_secretaria_de_educacao_municipal_a_compra_de_tvs_smart_para_o_cemei_vital_alves_de_lima_ou_adaptores_para_as_existentes.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo e a Secretaria de Educação municipal a compra de TV's Smart para o Cemei Vital Alves de Lima, ou adaptores para as existentes, que não são do modelo Smart, para viabilidade de acesso de internet, e seu uso na aprendizagem das crianças.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/354/indicacao_no_025_-_indica_ao_poder_executivo_a_retirada_da_lixeira_no_bairro_macacos_proximo_a_residencia_da_sra._imaculada..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/354/indicacao_no_025_-_indica_ao_poder_executivo_a_retirada_da_lixeira_no_bairro_macacos_proximo_a_residencia_da_sra._imaculada..pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo a retirada da lixeira no bairro Macacos, próximo a residência da Sra. Imaculada.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/355/indicacao_no_026_-_indica_ao_poder_executivo_a_continuacao_da_iluminacao_publica_no_bairro_malheiros_ate_a__br_459_a_pedido_dos_moradores.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/355/indicacao_no_026_-_indica_ao_poder_executivo_a_continuacao_da_iluminacao_publica_no_bairro_malheiros_ate_a__br_459_a_pedido_dos_moradores.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo a continuação da iluminação pública no bairro Malheiros até a  BR 459, a pedido dos moradores</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/356/indicacao_no_027_-_indica_ao_poder_executivo_a_manutencao_do_poste_de_iluminacao_publica_na_rua_prefeito_rubens_vilela_dos_santos_proximo_ao_numero_494.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/356/indicacao_no_027_-_indica_ao_poder_executivo_a_manutencao_do_poste_de_iluminacao_publica_na_rua_prefeito_rubens_vilela_dos_santos_proximo_ao_numero_494.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo a manutenção do poste de iluminação pública na rua Prefeito Rubens Vilela dos Santos, próximo ao numero 494</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/357/indicacao_no_028_-_indica_ao_poder_executivo_a_manutencao_da_rua_dona_pulcheria_paiva_pinto_proximo_ao_no_208.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/357/indicacao_no_028_-_indica_ao_poder_executivo_a_manutencao_da_rua_dona_pulcheria_paiva_pinto_proximo_ao_no_208.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo a manutenção da rua Dona Pulcheria Paiva Pinto, próximo ao nº 208</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/358/indicacao_no_029_-_indica_ao_poder_executivo_e_ao_setor_responsavel_que_realizem_a_remocao_da_lixeira_localizada_no_final_da_rua_parana..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/358/indicacao_no_029_-_indica_ao_poder_executivo_e_ao_setor_responsavel_que_realizem_a_remocao_da_lixeira_localizada_no_final_da_rua_parana..pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo e ao setor responsável que realizem a remoção da lixeira localizada no final da rua Paraná.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/359/indicacao_no_030_-_indica_ao_poder_executivo_municipal_ampliacao_da_frequencia_de_coleta_de_lixo_no_bairro_monte_rey_a_pedido_de_moradores..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/359/indicacao_no_030_-_indica_ao_poder_executivo_municipal_ampliacao_da_frequencia_de_coleta_de_lixo_no_bairro_monte_rey_a_pedido_de_moradores..pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal ampliação da frequência de coleta de lixo no Bairro Monte Rey, a pedido de moradores.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/360/indicacao_no_031_-_solicito_ao_setor_responsavel_pela_coleta_de_lixo_na_zona_rural_que_analise_a_viabilidade_de_aumentar_a_frequencia_da_retirada_dos_residuos_nas_lixeiras_fix.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/360/indicacao_no_031_-_solicito_ao_setor_responsavel_pela_coleta_de_lixo_na_zona_rural_que_analise_a_viabilidade_de_aumentar_a_frequencia_da_retirada_dos_residuos_nas_lixeiras_fix.pdf</t>
   </si>
   <si>
     <t>Solicito ao setor responsável pela coleta de lixo na zona rural que analise a viabilidade de aumentar a frequência da retirada dos resíduos nas lixeiras fixas no Bairro Marianos.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/361/indicacao_no_032_-_solicito_que_seja_instalada_uma_lixeira_fixa_nas_proximidades_da_terraplanagem_no_bairro_dos_coutinhos_atendendo_a_necessidade_das_residencias__locais_que.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/361/indicacao_no_032_-_solicito_que_seja_instalada_uma_lixeira_fixa_nas_proximidades_da_terraplanagem_no_bairro_dos_coutinhos_atendendo_a_necessidade_das_residencias__locais_que.pdf</t>
   </si>
   <si>
     <t>Solicito que seja instalada uma lixeira fixa nas proximidades da terraplanagem no Bairro dos Coutinhos, atendendo à necessidade das residencias  locais, que carecem de um ponto adequado para o descarte de lixo.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1206,51 +1206,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/401/projeto_legislativo_01_-_denomina_ruas_do_loteamento_sao_sebastiao_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/402/projeto_legislativo_02_-_fixa_os_subsidios_do_prefeito_vice-prefeito_vereadores_e_secretarios_para_os_exercicios_2025-2028_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/403/projeto_legislativo_03_-_concede_a_revisao_geral_anual_da_remuneracao_dos_servidores_publicos_da_camara_municipal_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/404/projeto_legislativo_04_-_concede_revisao_geral_anual_dos_subsidios_dos_agentes_politicos_do_municipio_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/405/projeto_legislativo_05_-_da_denominacao_a_ponte_de_acesso_entre_os_bairros_rurais_cervo_e_taiobas.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/406/projeto_legislativo_06_-_altera_lei_1.247_de_03.09.2009_acrescenta_o_titulo_delegado_a_nomenclatura_candido_coutinho_guimaraes..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/330/projeto_de_lei_01-_altera_a_lei_municipal_1.254_de_09_de_dezembro_de_2009_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/331/projeto_de_lei_02-_autoriza_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_de_tendencia_a_excesso_de_arrecadacao_nas_dotacoes_do_orcamento_de_2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/332/projeto_de_lei_03_-_dispoe_sobre_a_regularizacao_de_construcoes_irregulares_ou_nao_licenciadas_pela_prefeitura_municipal_de_congonhal_em_desacordo_com_a_legislacao_pertinente.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/333/projeto_de_lei_04_-_cria_o_conselho_municipal_dos_direitos_da_mulher_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/334/projeto_de_lei_05_-_autoriza_o_municipio_de_congonhal_a_celebrar_termo_de_cooperacao_tecnica_com_o_hospital_de_gimirim_cnpj_17.421.173000186_bem_como_autoriza_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/335/projeto_de_lei_06_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2024..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/336/projeto_de_lei_07_-_autoriza_abertura_de_credito_adicional_suplementar_por_superavit_financeiro_nas_dotacoes_de_folha_de_pagamento_e_obrigacoes_patronais_do_orcamento_de_2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/337/projeto_de_lei_08_-_autoriza_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_de_excesso_de_arrecadacao_nas_dotacoes_do_orcamento_de_2024..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/338/projeto_de_lei_09_-_autoriza_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_de_excesso_de_arrecadacao_nas_dotacoes_do_orcamento_de_2024..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/339/projeto_de_lei_10_-_autoriza_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_de_tendencia_a_excesso_de_arrecadacao_nas_dotacoes_do_orcamento_de_2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/340/projeto_de_lei_11_-_autoriza_abertura_de_credito_adicional_especial_ref_ao_recurso_proveniente_de_anulacao_parcial_nas_dotacoes_do_orcamento_de_2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/341/projeto_de_lei_12_-_autoriza_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2024..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/342/projeto_de_lei_13_-_autoriza_a_doacao_de_imoveis_do_municipio_a_associacao_de_pais_e_amigos_dos_excepcionais_de_congonhal_-_apae.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/343/projeto_de_lei_14_-_autoriza_abertura_de_credito_adicional_especial_ref_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2024..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/344/projeto_de_lei_15_-_autoriza_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/378/projeto_de_lei_17_-_dispoe_sobre_o_sistema_unico_de_asssistencia_social_do_municipio_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/379/projeto_de_lei_18_-_institui_o_programa_de_recuperacao_e_auxilio_humanitario_destinado_a_mitigacao_de_danos_a_populacao.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/380/projeto_de_lei_19_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2024_no_municipio_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/381/projeto_de_lei_20_-_dispoe_sobre_criacao_do_conselho_municipal_dos_direitos_da_pessoa_com_deficiencia_estabelece_a_politica_municipal_da_pessoa_com_deficiencia_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/382/projeto_de_lei_21_-_altera_dispositivos_da_lei_municipal_1.331_de_13_de_maio_de_2013_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/383/projeto_de_lei_22_-_autoriza_abertura_de_credito_adicional_suplementar_referente_anulacao_parcial_ou_total_de_dotacoes_do_orcamento_de_2024_no_municipio_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/384/projeto_de_lei_23_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2024_no_municipio_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/385/projeto_de_lei_24_-_autoriza_abertura_de_credito_adicional_especial_referente_recurso_proveniente_de_tendencia_a_excesso_de_arrecadacao_nas_dotacoes_do_orcamento_de_2024_bem_como_inclui_no_plano.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/386/projeto_de_lei_25_-_autoriza_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_de_tendencia_a_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/387/projeto_de_lei_26_-_fica_instituido_no_ambito_do_municipio_de_congonhal_o_dia_do_carreiro..pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/388/projeto_de_lei_27_-_altera_lei_no_1.486_de_21_de_agosto_de_2020..pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/389/projeto_de_lei_28_-_altera_lei_no_1.328_de_29_de_abril_de_2013_e_a_lei_no_1.502_de_02_de_julho_de_2021_a_qual_dispoe_sobre_o_coneslho_municipal_de_turismo_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/390/projeto_de_lei_29_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_tendencia_a_excesso_de_arreccadacao_nas_dotacoes_do_orcamento_de_2024_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/391/projeto_de_lei_30_-_autoriza_o_poder_executivo_municipal_a_firmar_convenio_com_a_comunidade_do_bom_pastor_para_os_fins_que_menciona_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/392/projeto_de_lei_31_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2024_no_municipio_de_congonhal.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/393/projeto_de_lei_32_-_institui_a_semana_municipal_da_cultura_evangelica_e_do_dia_municipal_do_evangelico_no_ambito_do_municipio_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/394/projeto_de_lei_33_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_congonhal_para_o_exercicio_de_2025_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/395/projeto_de_lei_34_-_autoriza_abertura_de_credito_adicional_suplementar_referente_anulacao_parcial_ou_total.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/396/projeto_de_lei_35_-_autoriza_abertura_de_credito_adicional_suplementar_adicional_suplementar_ref_anulacao_parcial_ou_total_de_dotacoes.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/397/projeto_de_lei_36_-_institui_no_ambito_do_municipio_de_congonhal_o_plano_municipal_de_saneamento_basico_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/398/projeto_de_lei_37_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_excesso_de_arrecadacao_nas_dotacoes_do_orcamento_de_2024..pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/399/projeto_de_lei_38_-_autoriza_abertura_de_credito_adicional_suplementar_ref_anulacao_parcial_ou_total_de_dotacoes_no_orcamento_de_2024..pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/400/projeto_de_lei_39_-_autoriza_abertura_de_credito_adicional_suplementar_ref_anulacao_parcial_ou_total_de_dotacoes_no_orcamento_de_2024..pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/309/indicacao_no_001_-_indica_ao_poder_executivo_municipal_de_congonhal_a_disponibilizacao_de_sala_para_atendimentos_e_procedimentos_dos_veterinarios_da_prefeitura_municipal_de_c.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/310/indicacao_no_002_-_indica_ao_poder_executivo_e_o_setor_responsavel_ou_ficalize_e_cobre_de_quem_de_obrigacao_que_faca_calcada_na_rua_joao_pereira_lopes_inicio_do_portao_da_e.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/311/indicacao_no_003_-_indica_ao_poder_executivo_municipal_e_setor_de_obras_rurais_a_realizacao_de_manutencao_geral_na_estrada_principal_do_bairro_grota_rica_em_pontos_especifico.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/312/indicacao_no_004_-_indica_ao_poder_executivo_municipal_de_congonhal_servico_de_manutencao_geral_da_estrada_rural_no_lugar_denominado_terraplanagem_no_bairro_dos_coutinhos..pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/313/indicacao_no_005_-_indica_que_o_poder_executivo_municipal_reajuste_o_vale_alimentacao_instituido_pela_lei_municipal_no_1.239-2009_aos_servidores_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/314/indicacao_no_006_-_indica_ao_poder_executivo_municipal_de_congonhal_a_concretagem_do_piso_da_garagem_do_psf_homero_domingues_simoes..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/315/indicacao_no_007_-_indica_ao_poder_executivo_municipal_e_ao_setor_competente_que_coloque_um_corte_de_manilha_e_cascalho_no_bairro_da_mata_nas_proximidades_da_residencia_do_se.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/316/indicacao_no_008_-_indica_ao_poder_executivo_municipal_de_congonhal_manutencao_dos_bloquetes_da_rua_mato_grosso_no_bairro_santa_elisa_a_pedido_de_moradores..pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/317/indicacao_no_009_-_indica_ao_poder_executivo_municipal_e_ao_setor_competente_que_realize_restauracao_no_asfalto_da_rua_silviano_brandao_na_esquina_da_farmacia_americana.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/318/indicacao_no_010_-_indica_ao_setor_responsavel_a_disponibilizacao_de_maquina_patrol_e_outros_veiculos_publicos_para_os_servicos_pertinentes_nas_estradas_rurais_no_municipio_de.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/319/indicacao_no_011_-_indica_ao_poder_executivo_municipal_de_congonhal_a_contratacao_dos_servicos_de_castramovel_para_nosso_municipio..pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/320/indicacao_no_012_-_indica_ao_poder_executivo_e_a_secretaria_municipal_de_educacao_a_disponibilizacao_de_um_onibus_escolar_adicional_para_atender_os_alunos_do_turno_noturno_co.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/321/indicacao_no_013_-_indica_ao_poder_executivo_municipal_e_ao_setor_competente_que_faca_manutencao_e_limpeza_na_estrada_depois_da_serra_do_barreiro..pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/322/indicacao_no_014_-_indica_ao_poder_executivo_municipal_de_congonhal_servico_de_manutencao_nas_manilhas_na_estrada_mestre_no_bairro_dos_coutinhos_proximo_a_residencia_do_sr..pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/323/indicacao_no_015_-_indica_ao_setor_de_obras_rurais_a_realizacao_de_servicos_de_melhoria_na_estrada_do_bairro_rural_grota_rica_e_em_todos_os_demais_bairros_rurais_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/345/indicacao_no_016_-_indica_ao_poder_executivo_municipal_a_colocacao_de_internet_para_uso_pedagogicos_em_salas_de_aula_no_cemei_professora_vita_alves_de_lima_e_na_escola_municip.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/346/indicacao_no_017_-_indica_ao_poder_executivo_municipal_de_congonhal_manutencao_dos_bloquetes_e_limpeza_da_rua_joao_candido_pimentel_e_demais_ruas_no_bairro_bela_vista..pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/347/indicacao_no_018_-_indica_ao_poder_executivo_municipal_aquisicao_de_mais_uma_maquina_de_lavar_roupas_para_o_cemei_prof._vita_alves_de_lima.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/348/indicacao_no_019_-_indica_ao_poder_executivo_municipal_a_colocacao_de_grade_de_protecao_na_ponte_do_bairro_coutinhos_proximo_ao_pesqueiro_cachoeirinha..pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/349/indicacao_no_020_-_indica_ao_poder_executivo_municipal_a_possibilidade_de_impedimento_de_transito_de_caminhoes_pesados_na_rua_edna_fatima_reis_lima_rua_paralela_ao_cemei_prof.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/350/indicacao_no_021_-_indica_ao_poder_executivo_que_realize_a_faixa_elevada_para_travessia_de_pedestres_em_frente_as_escolas_de_nossa_cidade..pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/352/indicacao_no_023_-_indica_ao_poder_executivo_municipal_e_a_secretaria_de_estradas_rurais_que_faca_a_manutencao_da_estrada_no_bairro_coutinhos_conhecida_por_estrada_do_engenho.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/353/indicacao_no_024_-_indica_ao_poder_executivo_e_a_secretaria_de_educacao_municipal_a_compra_de_tvs_smart_para_o_cemei_vital_alves_de_lima_ou_adaptores_para_as_existentes.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/354/indicacao_no_025_-_indica_ao_poder_executivo_a_retirada_da_lixeira_no_bairro_macacos_proximo_a_residencia_da_sra._imaculada..pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/355/indicacao_no_026_-_indica_ao_poder_executivo_a_continuacao_da_iluminacao_publica_no_bairro_malheiros_ate_a__br_459_a_pedido_dos_moradores.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/356/indicacao_no_027_-_indica_ao_poder_executivo_a_manutencao_do_poste_de_iluminacao_publica_na_rua_prefeito_rubens_vilela_dos_santos_proximo_ao_numero_494.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/357/indicacao_no_028_-_indica_ao_poder_executivo_a_manutencao_da_rua_dona_pulcheria_paiva_pinto_proximo_ao_no_208.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/358/indicacao_no_029_-_indica_ao_poder_executivo_e_ao_setor_responsavel_que_realizem_a_remocao_da_lixeira_localizada_no_final_da_rua_parana..pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/359/indicacao_no_030_-_indica_ao_poder_executivo_municipal_ampliacao_da_frequencia_de_coleta_de_lixo_no_bairro_monte_rey_a_pedido_de_moradores..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/360/indicacao_no_031_-_solicito_ao_setor_responsavel_pela_coleta_de_lixo_na_zona_rural_que_analise_a_viabilidade_de_aumentar_a_frequencia_da_retirada_dos_residuos_nas_lixeiras_fix.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/361/indicacao_no_032_-_solicito_que_seja_instalada_uma_lixeira_fixa_nas_proximidades_da_terraplanagem_no_bairro_dos_coutinhos_atendendo_a_necessidade_das_residencias__locais_que.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/401/projeto_legislativo_01_-_denomina_ruas_do_loteamento_sao_sebastiao_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/402/projeto_legislativo_02_-_fixa_os_subsidios_do_prefeito_vice-prefeito_vereadores_e_secretarios_para_os_exercicios_2025-2028_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/403/projeto_legislativo_03_-_concede_a_revisao_geral_anual_da_remuneracao_dos_servidores_publicos_da_camara_municipal_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/404/projeto_legislativo_04_-_concede_revisao_geral_anual_dos_subsidios_dos_agentes_politicos_do_municipio_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/405/projeto_legislativo_05_-_da_denominacao_a_ponte_de_acesso_entre_os_bairros_rurais_cervo_e_taiobas.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/406/projeto_legislativo_06_-_altera_lei_1.247_de_03.09.2009_acrescenta_o_titulo_delegado_a_nomenclatura_candido_coutinho_guimaraes..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/330/projeto_de_lei_01-_altera_a_lei_municipal_1.254_de_09_de_dezembro_de_2009_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/331/projeto_de_lei_02-_autoriza_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_de_tendencia_a_excesso_de_arrecadacao_nas_dotacoes_do_orcamento_de_2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/332/projeto_de_lei_03_-_dispoe_sobre_a_regularizacao_de_construcoes_irregulares_ou_nao_licenciadas_pela_prefeitura_municipal_de_congonhal_em_desacordo_com_a_legislacao_pertinente.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/333/projeto_de_lei_04_-_cria_o_conselho_municipal_dos_direitos_da_mulher_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/334/projeto_de_lei_05_-_autoriza_o_municipio_de_congonhal_a_celebrar_termo_de_cooperacao_tecnica_com_o_hospital_de_gimirim_cnpj_17.421.173000186_bem_como_autoriza_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/335/projeto_de_lei_06_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2024..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/336/projeto_de_lei_07_-_autoriza_abertura_de_credito_adicional_suplementar_por_superavit_financeiro_nas_dotacoes_de_folha_de_pagamento_e_obrigacoes_patronais_do_orcamento_de_2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/337/projeto_de_lei_08_-_autoriza_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_de_excesso_de_arrecadacao_nas_dotacoes_do_orcamento_de_2024..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/338/projeto_de_lei_09_-_autoriza_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_de_excesso_de_arrecadacao_nas_dotacoes_do_orcamento_de_2024..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/339/projeto_de_lei_10_-_autoriza_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_de_tendencia_a_excesso_de_arrecadacao_nas_dotacoes_do_orcamento_de_2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/340/projeto_de_lei_11_-_autoriza_abertura_de_credito_adicional_especial_ref_ao_recurso_proveniente_de_anulacao_parcial_nas_dotacoes_do_orcamento_de_2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/341/projeto_de_lei_12_-_autoriza_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2024..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/342/projeto_de_lei_13_-_autoriza_a_doacao_de_imoveis_do_municipio_a_associacao_de_pais_e_amigos_dos_excepcionais_de_congonhal_-_apae.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/343/projeto_de_lei_14_-_autoriza_abertura_de_credito_adicional_especial_ref_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2024..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/344/projeto_de_lei_15_-_autoriza_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/378/projeto_de_lei_17_-_dispoe_sobre_o_sistema_unico_de_asssistencia_social_do_municipio_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/379/projeto_de_lei_18_-_institui_o_programa_de_recuperacao_e_auxilio_humanitario_destinado_a_mitigacao_de_danos_a_populacao.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/380/projeto_de_lei_19_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2024_no_municipio_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/381/projeto_de_lei_20_-_dispoe_sobre_criacao_do_conselho_municipal_dos_direitos_da_pessoa_com_deficiencia_estabelece_a_politica_municipal_da_pessoa_com_deficiencia_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/382/projeto_de_lei_21_-_altera_dispositivos_da_lei_municipal_1.331_de_13_de_maio_de_2013_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/383/projeto_de_lei_22_-_autoriza_abertura_de_credito_adicional_suplementar_referente_anulacao_parcial_ou_total_de_dotacoes_do_orcamento_de_2024_no_municipio_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/384/projeto_de_lei_23_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2024_no_municipio_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/385/projeto_de_lei_24_-_autoriza_abertura_de_credito_adicional_especial_referente_recurso_proveniente_de_tendencia_a_excesso_de_arrecadacao_nas_dotacoes_do_orcamento_de_2024_bem_como_inclui_no_plano.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/386/projeto_de_lei_25_-_autoriza_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_de_tendencia_a_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/387/projeto_de_lei_26_-_fica_instituido_no_ambito_do_municipio_de_congonhal_o_dia_do_carreiro..pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/388/projeto_de_lei_27_-_altera_lei_no_1.486_de_21_de_agosto_de_2020..pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/389/projeto_de_lei_28_-_altera_lei_no_1.328_de_29_de_abril_de_2013_e_a_lei_no_1.502_de_02_de_julho_de_2021_a_qual_dispoe_sobre_o_coneslho_municipal_de_turismo_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/390/projeto_de_lei_29_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_tendencia_a_excesso_de_arreccadacao_nas_dotacoes_do_orcamento_de_2024_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/391/projeto_de_lei_30_-_autoriza_o_poder_executivo_municipal_a_firmar_convenio_com_a_comunidade_do_bom_pastor_para_os_fins_que_menciona_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/392/projeto_de_lei_31_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_superavit_financeiro_nas_dotacoes_do_orcamento_de_2024_no_municipio_de_congonhal.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/393/projeto_de_lei_32_-_institui_a_semana_municipal_da_cultura_evangelica_e_do_dia_municipal_do_evangelico_no_ambito_do_municipio_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/394/projeto_de_lei_33_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_congonhal_para_o_exercicio_de_2025_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/395/projeto_de_lei_34_-_autoriza_abertura_de_credito_adicional_suplementar_referente_anulacao_parcial_ou_total.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/396/projeto_de_lei_35_-_autoriza_abertura_de_credito_adicional_suplementar_adicional_suplementar_ref_anulacao_parcial_ou_total_de_dotacoes.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/397/projeto_de_lei_36_-_institui_no_ambito_do_municipio_de_congonhal_o_plano_municipal_de_saneamento_basico_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/398/projeto_de_lei_37_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_excesso_de_arrecadacao_nas_dotacoes_do_orcamento_de_2024..pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/399/projeto_de_lei_38_-_autoriza_abertura_de_credito_adicional_suplementar_ref_anulacao_parcial_ou_total_de_dotacoes_no_orcamento_de_2024..pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/400/projeto_de_lei_39_-_autoriza_abertura_de_credito_adicional_suplementar_ref_anulacao_parcial_ou_total_de_dotacoes_no_orcamento_de_2024..pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/309/indicacao_no_001_-_indica_ao_poder_executivo_municipal_de_congonhal_a_disponibilizacao_de_sala_para_atendimentos_e_procedimentos_dos_veterinarios_da_prefeitura_municipal_de_c.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/310/indicacao_no_002_-_indica_ao_poder_executivo_e_o_setor_responsavel_ou_ficalize_e_cobre_de_quem_de_obrigacao_que_faca_calcada_na_rua_joao_pereira_lopes_inicio_do_portao_da_e.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/311/indicacao_no_003_-_indica_ao_poder_executivo_municipal_e_setor_de_obras_rurais_a_realizacao_de_manutencao_geral_na_estrada_principal_do_bairro_grota_rica_em_pontos_especifico.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/312/indicacao_no_004_-_indica_ao_poder_executivo_municipal_de_congonhal_servico_de_manutencao_geral_da_estrada_rural_no_lugar_denominado_terraplanagem_no_bairro_dos_coutinhos..pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/313/indicacao_no_005_-_indica_que_o_poder_executivo_municipal_reajuste_o_vale_alimentacao_instituido_pela_lei_municipal_no_1.239-2009_aos_servidores_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/314/indicacao_no_006_-_indica_ao_poder_executivo_municipal_de_congonhal_a_concretagem_do_piso_da_garagem_do_psf_homero_domingues_simoes..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/315/indicacao_no_007_-_indica_ao_poder_executivo_municipal_e_ao_setor_competente_que_coloque_um_corte_de_manilha_e_cascalho_no_bairro_da_mata_nas_proximidades_da_residencia_do_se.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/316/indicacao_no_008_-_indica_ao_poder_executivo_municipal_de_congonhal_manutencao_dos_bloquetes_da_rua_mato_grosso_no_bairro_santa_elisa_a_pedido_de_moradores..pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/317/indicacao_no_009_-_indica_ao_poder_executivo_municipal_e_ao_setor_competente_que_realize_restauracao_no_asfalto_da_rua_silviano_brandao_na_esquina_da_farmacia_americana.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/318/indicacao_no_010_-_indica_ao_setor_responsavel_a_disponibilizacao_de_maquina_patrol_e_outros_veiculos_publicos_para_os_servicos_pertinentes_nas_estradas_rurais_no_municipio_de.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/319/indicacao_no_011_-_indica_ao_poder_executivo_municipal_de_congonhal_a_contratacao_dos_servicos_de_castramovel_para_nosso_municipio..pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/320/indicacao_no_012_-_indica_ao_poder_executivo_e_a_secretaria_municipal_de_educacao_a_disponibilizacao_de_um_onibus_escolar_adicional_para_atender_os_alunos_do_turno_noturno_co.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/321/indicacao_no_013_-_indica_ao_poder_executivo_municipal_e_ao_setor_competente_que_faca_manutencao_e_limpeza_na_estrada_depois_da_serra_do_barreiro..pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/322/indicacao_no_014_-_indica_ao_poder_executivo_municipal_de_congonhal_servico_de_manutencao_nas_manilhas_na_estrada_mestre_no_bairro_dos_coutinhos_proximo_a_residencia_do_sr..pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/323/indicacao_no_015_-_indica_ao_setor_de_obras_rurais_a_realizacao_de_servicos_de_melhoria_na_estrada_do_bairro_rural_grota_rica_e_em_todos_os_demais_bairros_rurais_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/345/indicacao_no_016_-_indica_ao_poder_executivo_municipal_a_colocacao_de_internet_para_uso_pedagogicos_em_salas_de_aula_no_cemei_professora_vita_alves_de_lima_e_na_escola_municip.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/346/indicacao_no_017_-_indica_ao_poder_executivo_municipal_de_congonhal_manutencao_dos_bloquetes_e_limpeza_da_rua_joao_candido_pimentel_e_demais_ruas_no_bairro_bela_vista..pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/347/indicacao_no_018_-_indica_ao_poder_executivo_municipal_aquisicao_de_mais_uma_maquina_de_lavar_roupas_para_o_cemei_prof._vita_alves_de_lima.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/348/indicacao_no_019_-_indica_ao_poder_executivo_municipal_a_colocacao_de_grade_de_protecao_na_ponte_do_bairro_coutinhos_proximo_ao_pesqueiro_cachoeirinha..pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/349/indicacao_no_020_-_indica_ao_poder_executivo_municipal_a_possibilidade_de_impedimento_de_transito_de_caminhoes_pesados_na_rua_edna_fatima_reis_lima_rua_paralela_ao_cemei_prof.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/350/indicacao_no_021_-_indica_ao_poder_executivo_que_realize_a_faixa_elevada_para_travessia_de_pedestres_em_frente_as_escolas_de_nossa_cidade..pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/352/indicacao_no_023_-_indica_ao_poder_executivo_municipal_e_a_secretaria_de_estradas_rurais_que_faca_a_manutencao_da_estrada_no_bairro_coutinhos_conhecida_por_estrada_do_engenho.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/353/indicacao_no_024_-_indica_ao_poder_executivo_e_a_secretaria_de_educacao_municipal_a_compra_de_tvs_smart_para_o_cemei_vital_alves_de_lima_ou_adaptores_para_as_existentes.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/354/indicacao_no_025_-_indica_ao_poder_executivo_a_retirada_da_lixeira_no_bairro_macacos_proximo_a_residencia_da_sra._imaculada..pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/355/indicacao_no_026_-_indica_ao_poder_executivo_a_continuacao_da_iluminacao_publica_no_bairro_malheiros_ate_a__br_459_a_pedido_dos_moradores.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/356/indicacao_no_027_-_indica_ao_poder_executivo_a_manutencao_do_poste_de_iluminacao_publica_na_rua_prefeito_rubens_vilela_dos_santos_proximo_ao_numero_494.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/357/indicacao_no_028_-_indica_ao_poder_executivo_a_manutencao_da_rua_dona_pulcheria_paiva_pinto_proximo_ao_no_208.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/358/indicacao_no_029_-_indica_ao_poder_executivo_e_ao_setor_responsavel_que_realizem_a_remocao_da_lixeira_localizada_no_final_da_rua_parana..pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/359/indicacao_no_030_-_indica_ao_poder_executivo_municipal_ampliacao_da_frequencia_de_coleta_de_lixo_no_bairro_monte_rey_a_pedido_de_moradores..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/360/indicacao_no_031_-_solicito_ao_setor_responsavel_pela_coleta_de_lixo_na_zona_rural_que_analise_a_viabilidade_de_aumentar_a_frequencia_da_retirada_dos_residuos_nas_lixeiras_fix.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2024/361/indicacao_no_032_-_solicito_que_seja_instalada_uma_lixeira_fixa_nas_proximidades_da_terraplanagem_no_bairro_dos_coutinhos_atendendo_a_necessidade_das_residencias__locais_que.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="248.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">