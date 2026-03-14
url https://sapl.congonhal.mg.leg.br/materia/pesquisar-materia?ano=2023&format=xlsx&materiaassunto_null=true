--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -54,2403 +54,2403 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
     <t>Vanderval Mariano</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/262/projeto_legislativo_01_-_dispoe_sobre_a_publicidade_de_informacoes_relacionadas_as_emendas_parlamentares_que_destinam_recursos_ao_municipio_de_congonhal.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/262/projeto_legislativo_01_-_dispoe_sobre_a_publicidade_de_informacoes_relacionadas_as_emendas_parlamentares_que_destinam_recursos_ao_municipio_de_congonhal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a publicidade de informações relacionadas às emendas parlamentares que destinam recursos ao município de Congonhal/MG.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>César da Nazaré</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/263/projeto_legislativo_02_-_institui_o_dia_municipal_do_empreendedorismo_feminino_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/263/projeto_legislativo_02_-_institui_o_dia_municipal_do_empreendedorismo_feminino_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Empreendedorismo Feminino e dá outras providências.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/264/projeto_legislativo_03_-_institui_o_programa_de_prevencao_a_gravidez_precoce_no_ambito_do_municipio_de_congonhal_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/264/projeto_legislativo_03_-_institui_o_programa_de_prevencao_a_gravidez_precoce_no_ambito_do_municipio_de_congonhal_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Prevenção à gravidez precoce no âmbito do município de Congonhal e dá outras providências.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/265/projeto_legislativo_04_-_institui_a_semana_de_conscientizacao_sobre_o_autismo_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/265/projeto_legislativo_04_-_institui_a_semana_de_conscientizacao_sobre_o_autismo_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Institui a semana municipal de conscientização sobre o Autismo e dá outras providências.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Democratas</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/266/projeto_legislativo_05_-_concede_a_revisao_geral_anual_dos_subsidios_dos_agentes_politicos_do_municipio_de_congonhal_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/266/projeto_legislativo_05_-_concede_a_revisao_geral_anual_dos_subsidios_dos_agentes_politicos_do_municipio_de_congonhal_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Concede a revisão geral anual dos subsídios dos agentes políticos do município de Congonhal e dá outras providências.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Democratas, César da Nazaré, Lucas Santinho, Vanderval Mariano</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/267/projeto_legislativo_06_-_concede_a_revisao_geral_anual_da_remuneracao_dos_servidores_publicos_da_camara_municipal_de_congonhal_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/267/projeto_legislativo_06_-_concede_a_revisao_geral_anual_da_remuneracao_dos_servidores_publicos_da_camara_municipal_de_congonhal_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Concede a revisão geral anual da remuneração dos servidores públicos da Câmara Municipal de Congonhal e dá outras providências.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/280/projeto_legislativo_07_-_dispoe_sobre_a_instalacao_de_dispositivos_com_sinais_sonoros_adequados_para_alunos_com_transtorno_do_espectro_autista_-_tea.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/280/projeto_legislativo_07_-_dispoe_sobre_a_instalacao_de_dispositivos_com_sinais_sonoros_adequados_para_alunos_com_transtorno_do_espectro_autista_-_tea.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de dispositivos com sinais sonoros adequados para alunos com Transtorno do Espectro Autista - TEA nas unidades da rede municipal de educação de Congonhal/MG e dá outras providências.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/281/projeto_legislativo_08_-_dispoe_sobre_denominacao_de_praca_publica_localizada_no_bairro_rural_grota_rica_municipio_de_congonhal..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/281/projeto_legislativo_08_-_dispoe_sobre_denominacao_de_praca_publica_localizada_no_bairro_rural_grota_rica_municipio_de_congonhal..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de praça pública localizada no Bairro Rural Grota Rica, município de Congonhal.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/282/projeto_legislativo_09_-_denomina_ponto_de_apoio_de_esf_do_bairro_rural_de_sao_domingos_maria_lucia_sousa_moreira..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/282/projeto_legislativo_09_-_denomina_ponto_de_apoio_de_esf_do_bairro_rural_de_sao_domingos_maria_lucia_sousa_moreira..pdf</t>
   </si>
   <si>
     <t>Denomina Ponto de Apoio de ESF do Bairro Rural de São Domingos "Maria Lúcia Sousa Moreira".</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/305/projeto_legislativo_10_-_institui_a_semana_municipal_da_juventude_de_congonhal_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/305/projeto_legislativo_10_-_institui_a_semana_municipal_da_juventude_de_congonhal_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Institui a semana municipal da juventude de Congonhal/MG e dá outras providências.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Moisés Ferreira Vaz</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/83/projeto_de_lei_02_-_autoriza_abertura_de_credito_adicional_suplementar_nas_dotacoes_do_orcamento_de_2023_no_valor_de_r_750.00000_ref_a_recursos_provenientes_do_superavit_financeiro_apurado.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/83/projeto_de_lei_02_-_autoriza_abertura_de_credito_adicional_suplementar_nas_dotacoes_do_orcamento_de_2023_no_valor_de_r_750.00000_ref_a_recursos_provenientes_do_superavit_financeiro_apurado.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar nas dotações do orçamento de 2023, no valor de R$ 750.000,00 ref a recursos provenientes do superávit financeiro apurado</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/85/projeto_de_lei_03_-_altera_e_revoga_dispositivos_da_lei_no_1.425_de_02_de_agosto_de_2017_que_autoriza_o_municipio_de_congonhal_a_celebrar_convenio_de_cooperacao.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/85/projeto_de_lei_03_-_altera_e_revoga_dispositivos_da_lei_no_1.425_de_02_de_agosto_de_2017_que_autoriza_o_municipio_de_congonhal_a_celebrar_convenio_de_cooperacao.pdf</t>
   </si>
   <si>
     <t>Altera e revoga dispositivos da Lei nº 1.425, de 02 de agosto de 2017, que autoriza o município de Congonhal a celebrar Convênio de Cooperação com o Estado de Minas Gerais</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/86/projeto_de_lei_04_-_altera_dispositivos_na_lei_1.180_de_22_de_maio_de_2006_que_regulamenta_o_horario_de_funcionamento_das_farmacias_e_estabelecimentos_congeneres_no_municipio_de_congonhal_1.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/86/projeto_de_lei_04_-_altera_dispositivos_na_lei_1.180_de_22_de_maio_de_2006_que_regulamenta_o_horario_de_funcionamento_das_farmacias_e_estabelecimentos_congeneres_no_municipio_de_congonhal_1.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos na Lei 1.180, de 22 de maio de 2006, que regulamenta o horário de funcionamento das farmácias e estabelecimentos congêneres no município de Congonhal</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/87/projeto_de_lei_05_-_cria_o_fundo_municipal_dos_direitos_da_pessoa_idosa_do_municipio_de_congonhal..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/87/projeto_de_lei_05_-_cria_o_fundo_municipal_dos_direitos_da_pessoa_idosa_do_municipio_de_congonhal..pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal dos Direitos da Pessoa Idosa do Município de Congonhal.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/88/projeto_de_lei_06_-_altera_lei_no_1.322_de_27_de_novembro_de_2012..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/88/projeto_de_lei_06_-_altera_lei_no_1.322_de_27_de_novembro_de_2012..pdf</t>
   </si>
   <si>
     <t>Altera Lei nº 1.322, de 27 de novembro de 2012.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/89/projeto_de_lei_07_-_autoriza_a_abertura_de_credito_adicional_especial_referente_ao_recurso_proveniente_do_superavit_financeiro_apurado_no_exercicio_anterior_nas_dotacoes_do_orcamento_de_2023.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/89/projeto_de_lei_07_-_autoriza_a_abertura_de_credito_adicional_especial_referente_ao_recurso_proveniente_do_superavit_financeiro_apurado_no_exercicio_anterior_nas_dotacoes_do_orcamento_de_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial referente ao recurso proveniente do superávit financeiro apurado no exercício anterior nas dotações do orçamento de 2023,</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/90/projeto_de_lei_08_-_institui_o_banco_de_racao_e_utensilios_para_animais_do_municipio_de_congonhal_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/90/projeto_de_lei_08_-_institui_o_banco_de_racao_e_utensilios_para_animais_do_municipio_de_congonhal_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Institui o Banco de Ração e utensílios para animais do município de Congonhal e dá outras providências.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/91/projeto_de_lei_09_-_dispoe_sobre_a_politica_municipal_de_atendimento_aos_direitos_da_crianca_e_do_adolescente_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/91/projeto_de_lei_09_-_dispoe_sobre_a_politica_municipal_de_atendimento_aos_direitos_da_crianca_e_do_adolescente_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal de Atendimento aos Direitos da Criança e do Adolescente e dá outras providências.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/84/projeto_de_lei_10_-_altera_e_revoga_dispositivos_da_lei_no_1.425_de_02_de_agosto_de_2017_que_autoriza_o_municipio_de_congonhal_a_celebrar_convenio_de_cooperacao_com_o_estado_de_minas_gerais_atr.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/84/projeto_de_lei_10_-_altera_e_revoga_dispositivos_da_lei_no_1.425_de_02_de_agosto_de_2017_que_autoriza_o_municipio_de_congonhal_a_celebrar_convenio_de_cooperacao_com_o_estado_de_minas_gerais_atr.pdf</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/93/projeto_de_lei_11_-_estabelece_as_diretrizes_gerais_para_a_elaboracao_do_orcamento_do_municipio_de_congonhal_para_o_exercicio_de_2024_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/93/projeto_de_lei_11_-_estabelece_as_diretrizes_gerais_para_a_elaboracao_do_orcamento_do_municipio_de_congonhal_para_o_exercicio_de_2024_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Estabelece as diretrizes gerais para a elaboração do orçamento do município de Congonhal para o exercício de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/94/projeto_de_lei_12_-_autoriza_a_abertura_de_credito_adicional_especial_referente_ao_recurso_proveniente_do_superavit_financeiro_apurado_no_exercicio_anterior_nas_dotacoes_do_orcamento_de_2023.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/94/projeto_de_lei_12_-_autoriza_a_abertura_de_credito_adicional_especial_referente_ao_recurso_proveniente_do_superavit_financeiro_apurado_no_exercicio_anterior_nas_dotacoes_do_orcamento_de_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial referente ao recurso proveniente do superávit financeiro apurado no exercício anterior nas dotações do orçamento de 2023, no município de Congonhal.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/95/projeto_de_lei_13_-_autoriza_a_abertura_de_credito_adicional_especial_referente_ao_recurso_proveniente_de_anulacao_parcial_de_dotacoes_bem_como_inclui_no_plano_plurianu.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/95/projeto_de_lei_13_-_autoriza_a_abertura_de_credito_adicional_especial_referente_ao_recurso_proveniente_de_anulacao_parcial_de_dotacoes_bem_como_inclui_no_plano_plurianu.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial referente ao recurso proveniente de anulação parcial de dotações bem como inclui no Plano Plurianual de 2022 a 2025 e Lei de Diretrizes Orçamentárias de 2023 do Município de Congonhal</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/96/projeto_de_lei_14_-_autoriza_abertura_de_credito_adicional_especial_ref._ao_recurso_proveniente.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/96/projeto_de_lei_14_-_autoriza_abertura_de_credito_adicional_especial_ref._ao_recurso_proveniente.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional especial ref. ao recurso proveniente do superávit financeiro apurado no exercício anterior nas dotações do orçamento de 2023, bem como inclui no Plano Plurianual 2022 a 2025 e Lei de Diretrizes Orçamentárias de 2022 do município de Congonhal.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/97/projeto_de_lei_15_-_regulamenta_o_sistema_viario_municipal__a_faixa_de_dominio_e_das_pistas_das_estradas_rurais_municipais_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/97/projeto_de_lei_15_-_regulamenta_o_sistema_viario_municipal__a_faixa_de_dominio_e_das_pistas_das_estradas_rurais_municipais_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Regulamenta o sistema viário municipal , a faixa de domínio e das pistas das estradas rurais municipais e dá outras providências</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/98/projeto_de_lei_16_-_autoriza_abertura_de_credito_adicional_especial_ref_ao_recurso_proveniente_do_superavit_financeiro_apurado_no_exercicio_anterior_nas_dotacoes_do_orcamento_de_2023_do_municipio.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/98/projeto_de_lei_16_-_autoriza_abertura_de_credito_adicional_especial_ref_ao_recurso_proveniente_do_superavit_financeiro_apurado_no_exercicio_anterior_nas_dotacoes_do_orcamento_de_2023_do_municipio.pdf</t>
   </si>
   <si>
     <t>Autoria a abertura de Crédito Adicional Especial referente ao recurso proveniente do superávit financeiro apurado no exercício anterior, nas dotações do orçamento de 2023 do município de Congonhal.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/99/projeto_de_lei_17_-_dispoe_sobre_autorizacao_ao_poder_executivo_municipal_para_firmar_termo_de_parceria_destinado_a.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/99/projeto_de_lei_17_-_dispoe_sobre_autorizacao_ao_poder_executivo_municipal_para_firmar_termo_de_parceria_destinado_a.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização ao Poder Executivo Municipal para firmar Termo de Parceria destinado à transferência de recursos à Associação Protetora dos Animais Desamparados Cãogonhal, no exercício de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/100/projeto_de_lei_18_-_autoriza_a_abertura_de_credito_adicional_suplementar_ref._ao_recurso_proveniente_do_superavit.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/100/projeto_de_lei_18_-_autoriza_a_abertura_de_credito_adicional_suplementar_ref._ao_recurso_proveniente_do_superavit.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar referente ao recurso  proveniente do superávit financeiro apurado no exercício anterior nas dotações do orçamento de 2023, no município de Congonhal.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/101/projeto_de_lei_19_-_altera_o_plano_plurianual_2022_a_2025_a_lei_de_diretrizes_orcamentarias_para_2023.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/101/projeto_de_lei_19_-_altera_o_plano_plurianual_2022_a_2025_a_lei_de_diretrizes_orcamentarias_para_2023.pdf</t>
   </si>
   <si>
     <t>Altera o Plano Plurianual (2022 a 2025) a Lei de Diretrizes Orçamentárias para 2023, autoriza a Abertura de Crédito Adicional Especial no orçamento corrente e dá outras providências.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/102/projeto_de_lei_20_-_autoriza_a_abertura_de_credito_adicional_suplementar_ref._ao_recurso_proveniente_do_superavit.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/102/projeto_de_lei_20_-_autoriza_a_abertura_de_credito_adicional_suplementar_ref._ao_recurso_proveniente_do_superavit.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar referente ao recurso proveniente do superávit financeiro apurado no exercício anterior nas dotações do orçamento de 2023, no município de Congonhal.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/104/projeto_de_lei_21_-_institui_o_programa_de_adocao_de_pracas_publicas_parques_jardins_areas_verdes_e_espacos_municipais_de_esportes_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/104/projeto_de_lei_21_-_institui_o_programa_de_adocao_de_pracas_publicas_parques_jardins_areas_verdes_e_espacos_municipais_de_esportes_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Adoção de Praças Públicas, Parques, Jardins, Áreas Verdes e Espaços municipais de Esportes, e da outras providências.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/254/projeto_de_lei_22_-_autoriza_abertura_de_credito_adicional_suplementar_por_anulacao_de_recurso_para_suplementacao_nas_despesas_com_pessoal_pasep_e_obrigacoes_patronais_do_municipio_de_congonhal..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/254/projeto_de_lei_22_-_autoriza_abertura_de_credito_adicional_suplementar_por_anulacao_de_recurso_para_suplementacao_nas_despesas_com_pessoal_pasep_e_obrigacoes_patronais_do_municipio_de_congonhal..pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar por anulação de recurso para suplementação nas despesas com pessoal, PASEP e obrigações patronais do Município de Congonhal.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/261/projeto_de_lei_23_-_autoriza_a_abertura_de_credito_adicional_especial_ref_ao_recurso_proveniente_de_anulacao_parcial.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/261/projeto_de_lei_23_-_autoriza_a_abertura_de_credito_adicional_especial_ref_ao_recurso_proveniente_de_anulacao_parcial.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial referente ao recurso proveniente de anulação parcial de dotações, bem como inclui no Plano Plurianual 2022 a 2025 e Lei de Diretrizes Orçamentárias de 2023 do município de Congonhal.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/283/projeto_de_lei_24_-_autoriza_abertura_de_credito_adicional_suplementar_referente_anulacao_parcial_ou_total_nas_dotacoes_do_orcamento_de_2023_no_municipio_de_congonhal.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/283/projeto_de_lei_24_-_autoriza_abertura_de_credito_adicional_suplementar_referente_anulacao_parcial_ou_total_nas_dotacoes_do_orcamento_de_2023_no_municipio_de_congonhal.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar referente anulação parcial ou total nas dotações do orçamento de 2023, no município de Congonhal</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/284/projeto_de_lei_25_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_do_superavit_financeiro_apurado_no_exercicio_anterior_nas_dotacoes_do_orcamento_de_2023..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/284/projeto_de_lei_25_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_do_superavit_financeiro_apurado_no_exercicio_anterior_nas_dotacoes_do_orcamento_de_2023..pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar referente ao recurso proveniente do superavit financeiro apurado no exercício anterior nas dotações do orçamento de 2023.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/285/projeto_de_lei_26_-_autoriza_abertura_de_credito_adicional_suplementar_ref._anulacao_parcial_ou_total_de_dotacoes_e_superavit.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/285/projeto_de_lei_26_-_autoriza_abertura_de_credito_adicional_suplementar_ref._anulacao_parcial_ou_total_de_dotacoes_e_superavit.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar ref. anulação parcial ou total de dotações e superávit financeiro nas dotações de folha de pagamento, obrigações patronais e auxilio alimentação do orçamento de 2023, no município de Congonhal.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/286/projeto_de_lei_27_-_autoriza_abertura_de_credito_adicional_suplementar_nas_dotacoes_do_orcamento_de_2023_no_valor_de_r_600.00000.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/286/projeto_de_lei_27_-_autoriza_abertura_de_credito_adicional_suplementar_nas_dotacoes_do_orcamento_de_2023_no_valor_de_r_600.00000.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar nas dotações do orçamento de 2023, no valor de R$ 600.000,00 referente a recursos provenientes do superávit financeiro apurado no exercício anterior e dá outras providências.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/287/projeto_de_lei_28_-_autoriza_abertura_de_credito_adicional_suplementar_ref_a_anulacao_parcial_ou_total_nas_dotacoes_do_orcamento_de_2023_no_municipio_de_congonhal..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/287/projeto_de_lei_28_-_autoriza_abertura_de_credito_adicional_suplementar_ref_a_anulacao_parcial_ou_total_nas_dotacoes_do_orcamento_de_2023_no_municipio_de_congonhal..pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar ref a anulação parcial ou total nas dotações do orçamento de 2023, no município de Congonhal.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/288/projeto_de_lei_29_-_autoriza_o_poder_executivo_municipal_a_firmar_convenio_com_a_comunidade_do_bom_pastor_para_os_fins_que_menciona_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/288/projeto_de_lei_29_-_autoriza_o_poder_executivo_municipal_a_firmar_convenio_com_a_comunidade_do_bom_pastor_para_os_fins_que_menciona_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar convênio com a Comunidade do Bom Pastor, para os fins que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/289/projeto_de_lei_30_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_tendencia_a_excesso_de_arrecadacao.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/289/projeto_de_lei_30_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_tendencia_a_excesso_de_arrecadacao.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar referente ao recurso proveniente de tendência a excesso de arrecadação, nas dotações do orçamento de 2023, no município de Congonhal.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/290/projeto_de_lei_31_-_autoriza_o_poder_executivo_a_repassar_assistencia_financeira_complementar_da_uniao_destinada_ao_cumprimento_do_piso_salarial_nacional_dos_profissionais_enfermeiros_enfermeiros.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/290/projeto_de_lei_31_-_autoriza_o_poder_executivo_a_repassar_assistencia_financeira_complementar_da_uniao_destinada_ao_cumprimento_do_piso_salarial_nacional_dos_profissionais_enfermeiros_enfermeiros.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a repassar assistência financeira complementar da União destinada ao cumprimento do piso salarial nacional dos profissionais enfermeiros, enfermeiros</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/291/projeto_de_lei_32_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_congonhal_para_o_exercicio_de_2024..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/291/projeto_de_lei_32_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_congonhal_para_o_exercicio_de_2024..pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Congonhal para o exercício de 2024.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/292/projeto_de_lei_33_-_dispoe_sobre_demarcacao_e_ampliacao_do_perimetro_urbano_nos_termos_do_art._42-b_da_lei_federal_10.257-2001.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/292/projeto_de_lei_33_-_dispoe_sobre_demarcacao_e_ampliacao_do_perimetro_urbano_nos_termos_do_art._42-b_da_lei_federal_10.257-2001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre demarcação e ampliação do perímetro urbano nos termos do Art. 42-B da Lei Federal 10.257-2001 - Estatuto das Cidades, e altera a Lei Municipal 1.054/2000 nos termos da Lei Federal 14.285/2021</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/293/projeto_de_lei_34_-_disciplina_a_participacao_do_municipio_de_congonhal_em_consorcio_publico_dispensa_a_ratificacao_do_protocolo_de_intencoes_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/293/projeto_de_lei_34_-_disciplina_a_participacao_do_municipio_de_congonhal_em_consorcio_publico_dispensa_a_ratificacao_do_protocolo_de_intencoes_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Disciplina a participação do município de Congonhal em Consórcio Público, dispensa a ratificação do Protocolo de Intenções e dá outras providências</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/294/projeto_de_lei_35_-_institui_o_programa_congonhal_em_progresso_que_dispoe_de_incentivos_fiscais_e_estimulos_economicos_no_municipio_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/294/projeto_de_lei_35_-_institui_o_programa_congonhal_em_progresso_que_dispoe_de_incentivos_fiscais_e_estimulos_economicos_no_municipio_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Institui o Programa Congonhal em Progresso que dispõe de incentivos fiscais e estímulos econômicos no município e dá outras providências.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/295/projeto_de_lei_36_-_cria_o_conselho_municipal_de_desenvolvimento_economico_e_social_de_congonhal-_comdesc_e_institui_o_fundo_municipal_de_desenvolvimento_economico_fmde.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/295/projeto_de_lei_36_-_cria_o_conselho_municipal_de_desenvolvimento_economico_e_social_de_congonhal-_comdesc_e_institui_o_fundo_municipal_de_desenvolvimento_economico_fmde.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Desenvolvimento Econômico e Social de Congonhal- COMDESC e Institui o Fundo Municipal de desenvolvimento Econômico FMDE</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/296/projeto_de_lei_37_-_institui_no_municipio_de_congonhal_o_programa_prata_da_casa_que_autoriza_o_municipio.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/296/projeto_de_lei_37_-_institui_no_municipio_de_congonhal_o_programa_prata_da_casa_que_autoriza_o_municipio.pdf</t>
   </si>
   <si>
     <t>Institui no município de Congonhal o Programa Prata da Casa, que autoriza o municipio a repassar incentivo financeiro aos músicos, bandas, grupos culturais, todos locais, para a apresentação em eventos promovidos pelo município.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/297/projeto_de_lei_38_-_autoriza_o_poder_executivo_adquirir_brindes_para_distribuicao_no_desfile_de_carreiro_e_desfile_de_cavaleiros_e_amazonas_no_municipio_de_congonhal..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/297/projeto_de_lei_38_-_autoriza_o_poder_executivo_adquirir_brindes_para_distribuicao_no_desfile_de_carreiro_e_desfile_de_cavaleiros_e_amazonas_no_municipio_de_congonhal..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo adquirir brindes para distribuição no Desfile de Carreiro e Desfile de Cavaleiros e Amazonas no município de Congonhal.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/298/projeto_de_lei_39_-_autoriza_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_de_tendencia_a_excesso_de_arrecadacao_nas_dotacoes.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/298/projeto_de_lei_39_-_autoriza_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_de_tendencia_a_excesso_de_arrecadacao_nas_dotacoes.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar ref ao recurso proveniente de tendência a excesso de arrecadação, nas dotações do orçamento de 2023, no município de Congonhal</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/299/projeto_de_lei_40_-_cria_o_fundo_municipal_de_saneamento_basico_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/299/projeto_de_lei_40_-_cria_o_fundo_municipal_de_saneamento_basico_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal de Saneamento Básico e dá outras providências</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/300/projeto_de_lei_41_-_altera_a_lei_ordinaria_1.505_de_2021_que_dispoe_sobre_o_conselho_municipal_de_defesa_e_conservacao_do_meio_ambiente_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/300/projeto_de_lei_41_-_altera_a_lei_ordinaria_1.505_de_2021_que_dispoe_sobre_o_conselho_municipal_de_defesa_e_conservacao_do_meio_ambiente_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Altera a Lei Ordinária 1.505 de 2021, que dispõe sobre o Conselho Municipal de Defesa e Conservação do Meio Ambiente e dá outras providências.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/301/projeto_de_lei_42_-_institui_no_ambito_do_municipio_de_congonhal_o_plano_municipal_de_saneamento_basico_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/301/projeto_de_lei_42_-_institui_no_ambito_do_municipio_de_congonhal_o_plano_municipal_de_saneamento_basico_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do Município de Congonhal, o Plano Municipal de Saneamento Básico e dá outras providências.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/302/projeto_de_lei_43_-_autoriza_abertura_de_credito_adicional_suplementar_ref_a_anulacao_parcial_ou_total_nas_dotacoes_do_orcamento_de_2023_no_municipio_de_congonhal..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/302/projeto_de_lei_43_-_autoriza_abertura_de_credito_adicional_suplementar_ref_a_anulacao_parcial_ou_total_nas_dotacoes_do_orcamento_de_2023_no_municipio_de_congonhal..pdf</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/303/projeto_de_lei_44_-_autoriza_a_cessao_de_servidor_publico_efetivo_com_onus_ao_poder_legislativo_municipal_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/303/projeto_de_lei_44_-_autoriza_a_cessao_de_servidor_publico_efetivo_com_onus_ao_poder_legislativo_municipal_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Autoriza a cessão de servidor público efetivo com ônus ao Poder Legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/304/projeto_de_lei_45_-_dispoe_sobre_o_sistema_municipal_de_cultura_do_municipio_de_congonhal_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/304/projeto_de_lei_45_-_dispoe_sobre_o_sistema_municipal_de_cultura_do_municipio_de_congonhal_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema Municipal de Cultura do Município de Congonhal-MG e dá outras providências.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/324/projeto_de_lei_46_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_excesso_de_arrecadacao_na_fonte_de_trasnferenci.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/324/projeto_de_lei_46_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_excesso_de_arrecadacao_na_fonte_de_trasnferenci.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar referente ao recurso proveniente de excesso de arrecadação na fonte de transferência especial do estado nas dotações do orçamento de 2023 do município de Congonhal.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/325/projeto_de_lei_47_-_autoriza_abertura_de_credito_adicional_suplementar_referente_anulacao_parcial_ou_total_nas_dotacoes_do_orcamento_de_2023_no_municipio_de_congonhal..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/325/projeto_de_lei_47_-_autoriza_abertura_de_credito_adicional_suplementar_referente_anulacao_parcial_ou_total_nas_dotacoes_do_orcamento_de_2023_no_municipio_de_congonhal..pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar, referente anulação parcial ou total nas dotações do orçamento de 2023, no município de Congonhal.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/326/projeto_de_lei_48_-_autoriza_abertura_de_credito_adicional_suplementar_por_superavit_financeiro_nas.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/326/projeto_de_lei_48_-_autoriza_abertura_de_credito_adicional_suplementar_por_superavit_financeiro_nas.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar por superávit financeiro nas dotações de folha de pagamento e obrigações patronais do orçamento de 2023, com recurso financeiro de Transferencias Fundo a Fundo de Recursos do SUS provenientes do Governo Estadual, conforme autorizado na Lei Complementar Estadual 171 de 09/05/2023, no município de Congonhal.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/327/projeto_de_lei_49_-_autoriza_a_abertura_de_credito_adicional_suplementar_referente_a_anulacao_parcial_ou_total_de_dotacoes_nas_dotacoes_de_folha_de_pagamento_e_obrigacoes_patronais_do_orcamento_de.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/327/projeto_de_lei_49_-_autoriza_a_abertura_de_credito_adicional_suplementar_referente_a_anulacao_parcial_ou_total_de_dotacoes_nas_dotacoes_de_folha_de_pagamento_e_obrigacoes_patronais_do_orcamento_de.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar referente a anulação parcial ou total de dotações nas dotações de folha de pagamento e obrigações patronais do orçamento de 2023, no município de Congonhal</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/328/pr9ef81.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/328/pr9ef81.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a participação do município de Congonhal no Programa de Produção de Unidades Habitacionais de Interesse Social com financiamento direto aos beneficiários/donatários ou ao FAR - Fundo de Arrendamento Residencial, representado pela Caixa Economica Federal e de acordo com as regras do PMCMV - Programa Minha Casa Minha Vida ou outro que vier a substituí-lo, definidas pelo Governo Federal e dá outras providências.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/329/pr16571.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/329/pr16571.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar ref ao recurso proveniente de tendencia a excesso de arrecadação, nas dotações do orçamento de 2023, no município de Congonhal</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/92/projeto_de_lei_complementar_1_-_autoriza_o_poder_executivo_municipal_a_conceder_o_uso_do_imovel_municipal_com_posterior_doacao_mediante_encargo_e_cumprimento_dos_requisitos_exigidos_nesta_lei_pa.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/92/projeto_de_lei_complementar_1_-_autoriza_o_poder_executivo_municipal_a_conceder_o_uso_do_imovel_municipal_com_posterior_doacao_mediante_encargo_e_cumprimento_dos_requisitos_exigidos_nesta_lei_pa.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder o uso do imóvel municipal com posterior doação mediante encargo e cumprimento dos requisitos exigidos nesta lei</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/103/projeto_de_lei_complementar_02_-_cria_o_fundo_municipal_de_esportes_-_fme_no_municipio_de_congonhal_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/103/projeto_de_lei_complementar_02_-_cria_o_fundo_municipal_de_esportes_-_fme_no_municipio_de_congonhal_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal de Esportes - FME no município de Congonhal e dá outras providências.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/268/projeto_de_lei_complementar_03_-_dispoe_sobre_o_reajuste_no_quadro_de_carreira_do_magisterio_municipal_conforme_a_lei_complementar_no_1.2592009.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/268/projeto_de_lei_complementar_03_-_dispoe_sobre_o_reajuste_no_quadro_de_carreira_do_magisterio_municipal_conforme_a_lei_complementar_no_1.2592009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste no Quadro de Carreira do Magistério Municipal conforme a Lei Complementar nº 1.259/2009.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/253/requerimento_no_01_-_requer_disponibilizacao_a_esta_camara_municipal_dos_resultados_de_todas_as_analises_de_aguas_realizadas_em_nosso_municipio_a_partir_de_janeiro_de_2021.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/253/requerimento_no_01_-_requer_disponibilizacao_a_esta_camara_municipal_dos_resultados_de_todas_as_analises_de_aguas_realizadas_em_nosso_municipio_a_partir_de_janeiro_de_2021.pdf</t>
   </si>
   <si>
     <t>Disponibilização a esta Câmara Municipal dos resultados de todas as análises de águas realizadas em nosso município a partir de janeiro de 2021 até a presente data, em pontos de coleta da Copasa, minas urbanas e/ou rurais, como em qualquer outro ponto de consumo analisado.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>Gustavo Lopes</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Informações sobre a situação do calçamento do Bairro Santo Onofre.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>Geremias Enfermeiro</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/251/requerimento_no_03_-_requer_copia_dos_mapas_de_atendimentos_diarios_dos_medicos_que_atendem_na_ubs_prefeito_homero_domingues_simoes_referente_o_mes_de_fevereiro_de_2023..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/251/requerimento_no_03_-_requer_copia_dos_mapas_de_atendimentos_diarios_dos_medicos_que_atendem_na_ubs_prefeito_homero_domingues_simoes_referente_o_mes_de_fevereiro_de_2023..pdf</t>
   </si>
   <si>
     <t>Cópia dos mapas de atendimentos diários dos médicos que atendem na UBS Prefeito Homero Domingues Simões, referente o mês de fevereiro de 2023.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/250/requerimento_no_04_-_requer_copia_dos_mapas_de_atendimentos_diarios_dos_medicos_especialistas_que_atendem_no_centro_de_especialidades_medicas_e_multiprofissionais_cem-_telm.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/250/requerimento_no_04_-_requer_copia_dos_mapas_de_atendimentos_diarios_dos_medicos_especialistas_que_atendem_no_centro_de_especialidades_medicas_e_multiprofissionais_cem-_telm.pdf</t>
   </si>
   <si>
     <t>Cópia dos mapas de atendimentos diários dos médicos especialistas que atendem no Centro de Especialidades Médicas e Multiprofissionais CEM- Telma Ieiri de Oliveira, referente ao mês de fevereiro de 2023.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/249/requerimento_no_05_-_requer_do_sr._egonn_hendrigo_carvalho_gerente_da_companhia_de_saneamento_de_minas_gerais_copasa_sistema_congonhal_disponibilizacao_e_execucao_de_pr.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/249/requerimento_no_05_-_requer_do_sr._egonn_hendrigo_carvalho_gerente_da_companhia_de_saneamento_de_minas_gerais_copasa_sistema_congonhal_disponibilizacao_e_execucao_de_pr.pdf</t>
   </si>
   <si>
     <t>Requer do Sr. Egonn Hendrigo Carvalho, Gerente da Companhia de Saneamento de Minas Gerais, COPASA, sistema Congonhal, disponibilização e execução de projeto quanto a obras para contenção de enchentes na Rua Pulchéria Paiva Pinto, próximo ao Poliesportivo Municipal e Pista de Skate.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/248/requerimento_no_06_-_requer_parecer_do_departamento_juridico_do_municipio_de_congonhal_referente_a_base_de_calculo_para_pagamento_da_insalubridade_dos_agentes_comunitario.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/248/requerimento_no_06_-_requer_parecer_do_departamento_juridico_do_municipio_de_congonhal_referente_a_base_de_calculo_para_pagamento_da_insalubridade_dos_agentes_comunitario.pdf</t>
   </si>
   <si>
     <t>Requer Parecer do Departamento Jurídico do Município de Congonhal, referente a base de cálculo para pagamento da insalubridade dos Agentes Comunitário da Saúde e Agentes de Controle às Endemias de nosso município.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/247/requerimento_no_07_-_requer_do_poder_executivo_municipal_informacao_sobre_a_existencia_de_emenda_parlamentar_verba_destinada_a_ong_caogonhal..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/247/requerimento_no_07_-_requer_do_poder_executivo_municipal_informacao_sobre_a_existencia_de_emenda_parlamentar_verba_destinada_a_ong_caogonhal..pdf</t>
   </si>
   <si>
     <t>Informação sobre a existência de Emenda Parlamentar Verba, destinada a ONG Cãogonhal.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/246/requerimento_no_09_-_requer_do_departamento_responsavel_disponibilizacao_de_informacao_dos_valores_gastos_mensalmente_pela_prefeitura_municipal_de_congonhal_relacionadas.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/246/requerimento_no_09_-_requer_do_departamento_responsavel_disponibilizacao_de_informacao_dos_valores_gastos_mensalmente_pela_prefeitura_municipal_de_congonhal_relacionadas.pdf</t>
   </si>
   <si>
     <t>Disponibilização de informação dos valores gastos mensalmente pela Prefeitura Municipal de Congonhal, relacionados a publicidade e propaganda, acompanhados de cópias dos respectivos contratos individuais firmados no período compreendido entre janeiro de 2021 até a presente data.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/245/requerimento_no_10_-_requer_disponibilizacao_a_esta_camara_municipal_pela_emater_das_informacoes_referente_ao_envio_das_sacas_de_semente_de_feijao_fruto_de_emenda_parla.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/245/requerimento_no_10_-_requer_disponibilizacao_a_esta_camara_municipal_pela_emater_das_informacoes_referente_ao_envio_das_sacas_de_semente_de_feijao_fruto_de_emenda_parla.pdf</t>
   </si>
   <si>
     <t>Disponibilização a esta Câmara Municipal, pela EMATER, das informações referente ao envio das sacas de semente de feijão, fruto de emenda parlamentar do então Deputado Federal Bilac Pinto, com apoio do Deputado Federal Rafael Simões.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/244/requerimento_no_11_-_requer_copia_do_contrato_de_trabalho_do_sr._joanderson_fernandes_de_melo_e_informacoes_das_funcoes_dias_e_mes_que_o_mesmo_atendeu_no_municipio..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/244/requerimento_no_11_-_requer_copia_do_contrato_de_trabalho_do_sr._joanderson_fernandes_de_melo_e_informacoes_das_funcoes_dias_e_mes_que_o_mesmo_atendeu_no_municipio..pdf</t>
   </si>
   <si>
     <t>Contrato de trabalho do Sr. Joanderson Fernandez de Melo e informações das funções, dias e mês que o mesmo atendeu no município.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/243/requerimento_no_12_-_requer_informacoes_sobre_servico_de_atendimento_de_suporte_medico_horizontal_a_distancia_com_atendimento_24h_-_7_dias_por_semana_prestado_pela_empres.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/243/requerimento_no_12_-_requer_informacoes_sobre_servico_de_atendimento_de_suporte_medico_horizontal_a_distancia_com_atendimento_24h_-_7_dias_por_semana_prestado_pela_empres.pdf</t>
   </si>
   <si>
     <t>Informações sobre serviço de atendimento de suporte médico horizontal a distância, com atendimento 24h - 7 dias por semana, prestado pela empresa SHDSS Gestão em Saúde Associação Beneficiente.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>Professora Hellen Coutinho</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/242/requerimento_no_13_-_requeiro_prestacao_de_contas_referente_aos_pagamentos_feitos_com_o_repasse_fundeb.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/242/requerimento_no_13_-_requeiro_prestacao_de_contas_referente_aos_pagamentos_feitos_com_o_repasse_fundeb.pdf</t>
   </si>
   <si>
     <t>Prestação de contas referente aos pagamentos feitos com o repasse FUNDEB.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/241/requerimento_no_14_-_requer_do_departamento_responsavel_em_nome_da_servidorea_municipal_sra._nilza_de_cassia_morais_auxiliar_de_servicos_escolares.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/241/requerimento_no_14_-_requer_do_departamento_responsavel_em_nome_da_servidorea_municipal_sra._nilza_de_cassia_morais_auxiliar_de_servicos_escolares.pdf</t>
   </si>
   <si>
     <t>Embasamento legal aplicado anteriormente a promulgação da Lei Complementar 1.257/2009, para averiguação da legislação quanto as normas gerais de enquadramento de cargos, funções, e suas respectivas progressões.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/240/requerimento_no_15_-_requer_copia_completa_dos_processos_licitatorios_nos_054-2021__0135-2021_pregao_no_040-2021_e_0056-2021_processo_no_0137-2021_pregao_0041-2021..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/240/requerimento_no_15_-_requer_copia_completa_dos_processos_licitatorios_nos_054-2021__0135-2021_pregao_no_040-2021_e_0056-2021_processo_no_0137-2021_pregao_0041-2021..pdf</t>
   </si>
   <si>
     <t>Requer cópia completa dos processos licitatórios nº 054/2021, 0135/2021, Pregão nº 040/2021 e nº 0056/2021, Processo nº 0137/2021, Pregão 0041/2021.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/239/requerimento_no_16_-_requeiro_pagamento_da_insalubridade_dos_agentes_de_endemias_e_agentes_de_saude_sobre_o_salario_base..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/239/requerimento_no_16_-_requeiro_pagamento_da_insalubridade_dos_agentes_de_endemias_e_agentes_de_saude_sobre_o_salario_base..pdf</t>
   </si>
   <si>
     <t>Pagamento da insalubridade dos Agentes de Endemias e Agentes de Saúde sobre o salário base.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Indica ao setor responsável que solicite a limpeza da Rua Américo Mariano da Silva</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/106/indicacao_no_002_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_celso_bernardes_de_souza.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/106/indicacao_no_002_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_celso_bernardes_de_souza.pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que solicite a limpeza da Rua Celso Bernardes de Souza.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/107/indicacao_no_003_-_indica_ao_setor_responsavel_que_solicite_manutencao_do_calcamento_da_rua_bias_fortes_proximo_ao_supermercado_maneco..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/107/indicacao_no_003_-_indica_ao_setor_responsavel_que_solicite_manutencao_do_calcamento_da_rua_bias_fortes_proximo_ao_supermercado_maneco..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que solicite manutenção do calçamento da Rua Bias Fortes, próximo ao Supermercado Maneco.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/108/indicacao_no_004_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_governador_milton_campos..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/108/indicacao_no_004_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_governador_milton_campos..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que solicite a limpeza da Rua Governador Milton Campos.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/109/indicacao_no_005_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_simao_pedro_de_toledo_bairro_primavera_iii_e_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/109/indicacao_no_005_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_simao_pedro_de_toledo_bairro_primavera_iii_e_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que solicite a limpeza da Rua Simão Pedro de Toledo, Bairro Primavera III, e outras providências.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/110/indicacao_no_006_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_e_manutencao_das_ruas_do_bairro_santa_edwirges_e_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/110/indicacao_no_006_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_e_manutencao_das_ruas_do_bairro_santa_edwirges_e_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que solicite a limpeza e manutenção das ruas do Bairro Santa Edwirges, e outras providências.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/111/indicacao_no_007_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_vice_prefeito_jose_dos_reis..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/111/indicacao_no_007_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_vice_prefeito_jose_dos_reis..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que solicite a limpeza da Rua Vice Prefeito José dos Reis.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/112/indicacao_no_008_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_pedro_inacio_franco_bairro_vila_marlene..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/112/indicacao_no_008_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_pedro_inacio_franco_bairro_vila_marlene..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que solicite a limpeza da Rua Pedro Inácio Franco, Bairro Vila Marlene.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/113/indicacao_no_009_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_antonio_vital_de_morais_bairro_vila_marlene..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/113/indicacao_no_009_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_antonio_vital_de_morais_bairro_vila_marlene..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que solicite a limpeza da Rua Antônio Vital de Morais, Bairro Vila Marlene.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/114/indicacao_no_010_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_olvao_custodio_de_oliveira_bairro_jardim_planalto..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/114/indicacao_no_010_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_olvao_custodio_de_oliveira_bairro_jardim_planalto..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que solicite a limpeza da Rua Olavo Custódio de Oliveira, Bairro Jardim Planalto.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/115/indicacao_no_011_-_indica_ao_setor_responsavel_que_solicite_a_troca_das_manilhas_de_aguas_pluviais_no_bairro_malheiros_proximo_a_residencia_do_sr._milton_ferreira..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/115/indicacao_no_011_-_indica_ao_setor_responsavel_que_solicite_a_troca_das_manilhas_de_aguas_pluviais_no_bairro_malheiros_proximo_a_residencia_do_sr._milton_ferreira..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que solicite a troca das manilhas de águas pluviais no Bairro Malheiros, próximo a residência do Sr. Milton Ferreira.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/116/indicacao_no_012_-_indica_ao_setor_responsavel_que_solicite_limpeza_e_manutencao_do_calcamento_da_rua_jordino_francisco_dos_reis_bairro_bela_vista..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/116/indicacao_no_012_-_indica_ao_setor_responsavel_que_solicite_limpeza_e_manutencao_do_calcamento_da_rua_jordino_francisco_dos_reis_bairro_bela_vista..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que solicite limpeza e manutenção do calçamento da Rua Jordino Francisco dos Reis, Bairro Bela Vista.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/117/indicacao_no_013_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_jose_ribeiro_coutinho_bairro_primavera_iii..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/117/indicacao_no_013_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_jose_ribeiro_coutinho_bairro_primavera_iii..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que solicite a limpeza da Rua José Ribeiro Coutinho, Bairro Primavera III.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/118/indicacao_no_014_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_sergipe..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/118/indicacao_no_014_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_sergipe..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que solicite a limpeza da Rua Sergipe.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/119/indicacao_no_015_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_sao_paulo_bairro_santa_eliza..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/119/indicacao_no_015_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_sao_paulo_bairro_santa_eliza..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que solicite a limpeza da Rua São Paulo, Bairro Santa Eliza.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/120/indicacao_no_016_-_indica_ao_setor_responsa_vel_que_solicite_a_limpeza_da_rua_americo_mariano_da_silva_bairro_primavera_i..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/120/indicacao_no_016_-_indica_ao_setor_responsa_vel_que_solicite_a_limpeza_da_rua_americo_mariano_da_silva_bairro_primavera_i..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que solicite a limpeza da Rua Américo Mariano da Silva, Bairro Primavera I.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/121/indicacao_no_017_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_cesario_alvim_travessa_com_a_rua_maria_benedita_de_sousa..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/121/indicacao_no_017_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_cesario_alvim_travessa_com_a_rua_maria_benedita_de_sousa..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que solicite a limpeza da Rua Cesário Alvim, travessa com a Rua Maria Benedita de Sousa</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/122/indicacao_no_018_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_professora_maria_jose_alvarenga_silva_alves..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/122/indicacao_no_018_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_professora_maria_jose_alvarenga_silva_alves..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que solicite a limpeza da Rua Professora Maria José Alvarenga Silva Alves.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/123/indicacao_no_019_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_benedito_leopoldino_de_souza_bairro_vila_marlene..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/123/indicacao_no_019_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_benedito_leopoldino_de_souza_bairro_vila_marlene..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que solicite a limpeza da Rua Benedito Leopoldino de Souza, Bairro Vila Marlene.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/124/indicacao_no_020_-_indica_ao_setor_responsavel_que_notifique_proprietario_de_lote_urbano_para_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/124/indicacao_no_020_-_indica_ao_setor_responsavel_que_notifique_proprietario_de_lote_urbano_para_providencias..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que notifique proprietário de lote urbano para providências.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/125/indicacao_no_021_-_indica_ao_setor_responsavel_que_notifique_proprietario_de_lote_urbano_para_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/125/indicacao_no_021_-_indica_ao_setor_responsavel_que_notifique_proprietario_de_lote_urbano_para_providencias..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que notifique proprietário de lote urbano, para providências.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/126/indicacao_no_022_-_indica_ao_poder_executivo_e_aos_responsaveis_pelas_estradas_rurais_que_facam_a_manutencao_necessaria_na_estrada_mestre_do_bairro_coutinhos_bem_como_em_dois.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/126/indicacao_no_022_-_indica_ao_poder_executivo_e_aos_responsaveis_pelas_estradas_rurais_que_facam_a_manutencao_necessaria_na_estrada_mestre_do_bairro_coutinhos_bem_como_em_dois.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo e aos responsáveis pelas estradas rurais que façam a manutenção necessária na estrada mestre do bairro Coutinhos, bem como em dois lugares específicos com urgência.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/127/indicacao_no_023_-_indica_ao_setor_responsavel_que_solicite_limpeza_e_servicos_de_tapa_buracos_da_rua_joao_candido_pimentel_bairro_bela_vista..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/127/indicacao_no_023_-_indica_ao_setor_responsavel_que_solicite_limpeza_e_servicos_de_tapa_buracos_da_rua_joao_candido_pimentel_bairro_bela_vista..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que solicite limpeza e serviço de tapa buracos da Rua João Cândido Pimentel, Bairro Bela Vista.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/128/indicacao_no_024_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_e_retirada_de_entulho_em_diversas_ruas_do_bairro_novo_horizonte..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/128/indicacao_no_024_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_e_retirada_de_entulho_em_diversas_ruas_do_bairro_novo_horizonte..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que solicite a limpeza e retirada de entulho em diversas ruas do Bairro Novo Horizonte.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/129/indicacao_no_025_-_indica_ao_setor_responsavel_que_solicite_sejam_colocadas_lampadas_de_led_na_rua_monsenhor_jose_paulino..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/129/indicacao_no_025_-_indica_ao_setor_responsavel_que_solicite_sejam_colocadas_lampadas_de_led_na_rua_monsenhor_jose_paulino..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que solicite sejam colocadas lâmpadas de led na Rua Monsenhor José Paulino.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/130/indicacao_no_026_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_e_manutencao_da_rua_bahia_do_bairro_monte_rey..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/130/indicacao_no_026_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_e_manutencao_da_rua_bahia_do_bairro_monte_rey..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que solicite a limpeza e manutenção da Rua Bahia, do Bairro Monte Rey.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/131/indicacao_no_027_-_indica_ao_setor_responsavel_que_solicite_manutencao_na_estrada_mestre_do_bairro_migueis_sentido_granja..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/131/indicacao_no_027_-_indica_ao_setor_responsavel_que_solicite_manutencao_na_estrada_mestre_do_bairro_migueis_sentido_granja..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que solicite manutenção na estrada mestre do Bairro Miguéis, sentido granja.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/132/indicacao_no_028_-_indica_ao_setor_responsavel_a_construcao_de_um_ponto_de_onibus_as_margens_da_br_459_proximo_ao_restaurante_barraca_do_rubens..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/132/indicacao_no_028_-_indica_ao_setor_responsavel_a_construcao_de_um_ponto_de_onibus_as_margens_da_br_459_proximo_ao_restaurante_barraca_do_rubens..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável a construção de um ponto de ônibus, às margens da BR 459, próximo ao Restaurante Barraca do Rubens.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/133/indicacao_no_029_-_indica_ao_poder_executivo_municipal_que_reajuste_o_vale_alimentacao_instituido_pela_lei_municipal_no_1.239_2009_aos_servidores_publicos_municipais..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/133/indicacao_no_029_-_indica_ao_poder_executivo_municipal_que_reajuste_o_vale_alimentacao_instituido_pela_lei_municipal_no_1.239_2009_aos_servidores_publicos_municipais..pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que reajuste o Vale Alimentação instituído pela Lei Municipal nº 1.239/2009 aos Servidores Públicos Municipais.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/134/indicacao_no_030_-_indica_ao_setor_responsavel_que_realize_manutencao_na_estrada_mestre_do_bairro_taiobas_proximo_ao_pesqueiro_canaa..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/134/indicacao_no_030_-_indica_ao_setor_responsavel_que_realize_manutencao_na_estrada_mestre_do_bairro_taiobas_proximo_ao_pesqueiro_canaa..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que realize manutenção na estrada mestre do Bairro Taiobas, próximo ao Pesqueiro Canaã.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/135/indicacao_no_031_-_indica_ao_setor_responsavel_que_realize_servico_de_manutencao_na_rua_jose_inacio_franco_altura_do_no_58_bairro_bela_vista..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/135/indicacao_no_031_-_indica_ao_setor_responsavel_que_realize_servico_de_manutencao_na_rua_jose_inacio_franco_altura_do_no_58_bairro_bela_vista..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que realize serviço de manutenção na Rua José Inácio Franco, altura do nº 58, do Bairro Bela Vista.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/136/indicacao_no_032_-_indica_ao_setor_responsavel_que_realize_servico_de_melhoria_manutencao_na_rua_silvestre_dos_reis_em_frente_ao_no_109_bairro_saude..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/136/indicacao_no_032_-_indica_ao_setor_responsavel_que_realize_servico_de_melhoria_manutencao_na_rua_silvestre_dos_reis_em_frente_ao_no_109_bairro_saude..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que realize serviço de melhoria/manutenção na Rua Silvestre do Reis, em frente ao nº 109, Bairro Saúde.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/137/indicacao_no_033_-_indica_ao_setor_responsavel_que_faca_manutencao_necessaria_na_estrada_de_acesso_a_terraplanagem_no_bairro_dos_coutinhos..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/137/indicacao_no_033_-_indica_ao_setor_responsavel_que_faca_manutencao_necessaria_na_estrada_de_acesso_a_terraplanagem_no_bairro_dos_coutinhos..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que faça manutenção necessária na estrada de acesso a Terraplanagem no Bairro dos Coutinhos.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/138/indicacao_no_034_-_indica_ao_setor_de_obras_rurais_a_realizacao_de_operacao_tapa_buracos_na_estrada_principal_do_bairro_grota_rica..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/138/indicacao_no_034_-_indica_ao_setor_de_obras_rurais_a_realizacao_de_operacao_tapa_buracos_na_estrada_principal_do_bairro_grota_rica..pdf</t>
   </si>
   <si>
     <t>Indica ao setor de obras rurais a realização de operação tapa buracos na estrada principal do bairro Grota Rica.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/139/indicacao_no_035_-_indica_ao_setor_de_obras_rurais_a_realizacao_de_operacao_tapa_buracos_na_estrada_principal_do_bairro_almas..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/139/indicacao_no_035_-_indica_ao_setor_de_obras_rurais_a_realizacao_de_operacao_tapa_buracos_na_estrada_principal_do_bairro_almas..pdf</t>
   </si>
   <si>
     <t>Indica ao setor de obras rurais a realização de operação tapa buracos na estrada principal do bairro Almas.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/140/indicacao_no_036_-_indica_ao_setor_de_obras_rurais_a_realizacao_de_operacao_tapa_buracos_na_estrada_principal_do_bairro_cervo..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/140/indicacao_no_036_-_indica_ao_setor_de_obras_rurais_a_realizacao_de_operacao_tapa_buracos_na_estrada_principal_do_bairro_cervo..pdf</t>
   </si>
   <si>
     <t>Indica ao setor de obras rurais a realização de operação tapa buracos na estrada principal do bairro Cervo.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/141/indicacao_no_037_-_indica_ao_setor_de_obras_tapa_buracos_na_estrada_principal_do_bairro_taiobas..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/141/indicacao_no_037_-_indica_ao_setor_de_obras_tapa_buracos_na_estrada_principal_do_bairro_taiobas..pdf</t>
   </si>
   <si>
     <t>Indica ao setor de obras rurais a realização de operação tapa buracos na estrada principal do bairro Taiobas.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/143/indicacao_no_038_-_indica_ao_setor_de_obras_rurais_a_realizacao_de_operacao_tapa_buracos_na_estrada_principal_do_bairro_cavas..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/143/indicacao_no_038_-_indica_ao_setor_de_obras_rurais_a_realizacao_de_operacao_tapa_buracos_na_estrada_principal_do_bairro_cavas..pdf</t>
   </si>
   <si>
     <t>Indica ao setor de obras rurais a realização de operação tapa buracos na estrada principal do bairro Cavas.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/142/indicacao_no_039_-_indica_ao_setor_responsavel_a_disponibilizacao_de_maquina_patrol_e_outros_veiculos_publicos_para_os_servicos_pertinentes_no_municipio_de_congonhal..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/142/indicacao_no_039_-_indica_ao_setor_responsavel_a_disponibilizacao_de_maquina_patrol_e_outros_veiculos_publicos_para_os_servicos_pertinentes_no_municipio_de_congonhal..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável a disponibilização de máquina patrol e outros veículos públicos para os serviços pertinentes no município de Congonhal.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/144/indicacao_no_040_-_indica_ao_setor_responsavel_que_faca.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/144/indicacao_no_040_-_indica_ao_setor_responsavel_que_faca.pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que faça manutenção necessária na estrada do Bairro dos Macacos sentido a Chácara São Paulo.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/145/indicacao_no_041_-_indica_ao_setor_responsavel_que_faca_manutencao_na_estrada_do_bairro_campestre_a_pedido_do_sr._gilberto_novelli..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/145/indicacao_no_041_-_indica_ao_setor_responsavel_que_faca_manutencao_na_estrada_do_bairro_campestre_a_pedido_do_sr._gilberto_novelli..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que faça manutenção na estrada do bairro Campestre, a pedido do Sr. Gilberto Novelli.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/146/indicacao_no_042_-_indica_ao_setor_responsavel_extensao_da_rede_eletrica_instalacao_de_lampadas_para_iluminacao_publica_e_melhorias_nas_condicoes_dos_transformadores_no_bair.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/146/indicacao_no_042_-_indica_ao_setor_responsavel_extensao_da_rede_eletrica_instalacao_de_lampadas_para_iluminacao_publica_e_melhorias_nas_condicoes_dos_transformadores_no_bair.pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável extensão da rede elétrica, instalação de lâmpadas para iluminação pública e melhorias nas condições dos transformadores, no Bairro Grota Rica.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/147/indicacao_no_043_-_indica_ao_setor_responsavel_que_realize_servico_de_melhoria_manutencao_na_estrada_do_bairro_das_contas_proximidades_a_propriedade_da_sra._dalva_sr._adilso.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/147/indicacao_no_043_-_indica_ao_setor_responsavel_que_realize_servico_de_melhoria_manutencao_na_estrada_do_bairro_das_contas_proximidades_a_propriedade_da_sra._dalva_sr._adilso.pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que realize serviço de melhoria/manutenção na estrada do bairro das Contas, proximidades à propriedade da Sra. Dalva, Sr. Adilson e Sr. Luciano.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/148/indicacao_no_044_-_indica_ao_seto_responsavel_que_realize_notificacao_do_proprietario_do_lote_situado_a_rua_jose_ribeiro_coutinho_ao_lado_do_no_267_bairro_primavera_iii_par.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/148/indicacao_no_044_-_indica_ao_seto_responsavel_que_realize_notificacao_do_proprietario_do_lote_situado_a_rua_jose_ribeiro_coutinho_ao_lado_do_no_267_bairro_primavera_iii_par.pdf</t>
   </si>
   <si>
     <t>Notificação do proprietário do lote situado à Rua José Ribeiro Coutinho, ao lado do nº 267, bairro Primavera III, para sua limpeza.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/149/indicacao_no_045_-_indica_ao_setor_responsavel_que_realize_manutencao_no_calcamento_e_instalacao_de_placa_de_sinalizacao_na_rua_geraldo_jonas_souza_bairro_primavera..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/149/indicacao_no_045_-_indica_ao_setor_responsavel_que_realize_manutencao_no_calcamento_e_instalacao_de_placa_de_sinalizacao_na_rua_geraldo_jonas_souza_bairro_primavera..pdf</t>
   </si>
   <si>
     <t>Manutenção no calçamento e instalação de placa de sinalização na Rua Geraldo Jonas Souza, bairro Primavera.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/150/indicacao_no_046_-_indica_ao_setor_responsavel_que_realize_manutencao_na_estrada_mestre_do_bairro_macacos_altura_da_encruzilhada_proxima_a_propriedade_do_sr._jairo..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/150/indicacao_no_046_-_indica_ao_setor_responsavel_que_realize_manutencao_na_estrada_mestre_do_bairro_macacos_altura_da_encruzilhada_proxima_a_propriedade_do_sr._jairo..pdf</t>
   </si>
   <si>
     <t>Manutenção na estrada mestre do Bairro Macacos, altura da encruzilhada próxima a propriedade do Sr. Jairo.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/151/indicacao_no_047_-_indica_ao_setor_responsavel_que_realize_servico_de_melhoria_manutencao_na_avenida_mario_silveira_em_frente_ao_no_1.058_bairro_santa_elisa..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/151/indicacao_no_047_-_indica_ao_setor_responsavel_que_realize_servico_de_melhoria_manutencao_na_avenida_mario_silveira_em_frente_ao_no_1.058_bairro_santa_elisa..pdf</t>
   </si>
   <si>
     <t>Serviço de melhoria/manutenção na Avenida Mario Silveira, em frente ao nº 1.058, bairro Santa Elisa.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/152/indicacao_no_048_-_indica_ao_setor_responsavel_que_realize_rocagem_do_mato_e_limpeza_as_margens_da_br_459_proximidades_da_pizzaria_jk..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/152/indicacao_no_048_-_indica_ao_setor_responsavel_que_realize_rocagem_do_mato_e_limpeza_as_margens_da_br_459_proximidades_da_pizzaria_jk..pdf</t>
   </si>
   <si>
     <t>Roçagem do mato e limpeza às margens da BR 459, proximidade da Pizzaria JK.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/153/indicacao_no_049_-_indica_ao_setor_responsavel_que_realize_limpeza_na_rua_geraldo_jonas_souza_bairro_primavera..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/153/indicacao_no_049_-_indica_ao_setor_responsavel_que_realize_limpeza_na_rua_geraldo_jonas_souza_bairro_primavera..pdf</t>
   </si>
   <si>
     <t>Limpeza na Rua Geraldo Jonas Souza, Bairro Primavera.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/154/indicacao_no_050_-_indica_ao_setor_responsavel_que_realize_a_manutencao_da_estrada_do_bairro_da_mata_proximidade_da_casa_do_sr._jose_mauro_genro_do_senhro_conhecido_como_ger.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/154/indicacao_no_050_-_indica_ao_setor_responsavel_que_realize_a_manutencao_da_estrada_do_bairro_da_mata_proximidade_da_casa_do_sr._jose_mauro_genro_do_senhro_conhecido_como_ger.pdf</t>
   </si>
   <si>
     <t>Manutenção da estrada do Bairro da Mata, proximidade da casa do Sr. José Mauro.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/155/indicacao_no_051_-_indica_ao_poder_executivo_e_aos_responsaveis_pelas_estradas_rurais_que_facam_a_manutencao_necessaria_na_estrada_do_bairro_macacos_sentido_a_residencia_da_s.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/155/indicacao_no_051_-_indica_ao_poder_executivo_e_aos_responsaveis_pelas_estradas_rurais_que_facam_a_manutencao_necessaria_na_estrada_do_bairro_macacos_sentido_a_residencia_da_s.pdf</t>
   </si>
   <si>
     <t>Manutenção necessária na estrada do bairro Macacos, sentido a residência da Sra. Hediana.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Lucas Santinho</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/156/indicacao_no_052_-_indica_ao_poder_executivo_a_implementacao_de_cruso_pre_vestibular_enem_para_os_jovens_do_nosso_municipio..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/156/indicacao_no_052_-_indica_ao_poder_executivo_a_implementacao_de_cruso_pre_vestibular_enem_para_os_jovens_do_nosso_municipio..pdf</t>
   </si>
   <si>
     <t>Implementação de Curso Pré Vestibular/ENEM para os jovens do nosso município.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/157/indicacao_no_053_-_indica_ao_poder_executivo_o_reajuste_dos_vencimentos_dos_profissionais_da_educacao_municipal_de_acordo_com_o_piso_salarial_estabelecido_em_lei_federal..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/157/indicacao_no_053_-_indica_ao_poder_executivo_o_reajuste_dos_vencimentos_dos_profissionais_da_educacao_municipal_de_acordo_com_o_piso_salarial_estabelecido_em_lei_federal..pdf</t>
   </si>
   <si>
     <t>Reajuste dos vencimentos dos profissionais da Educação Municipal, de acordo com o piso salarial estabelecido em Lei Federal.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/158/indicacao_no_054_-_indica_ao_setor_responsavel_que_realize_limpeza_na_rua_jose_inacio_de_souza_travessa_da_avenida_prefeito_mario_silveira..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/158/indicacao_no_054_-_indica_ao_setor_responsavel_que_realize_limpeza_na_rua_jose_inacio_de_souza_travessa_da_avenida_prefeito_mario_silveira..pdf</t>
   </si>
   <si>
     <t>Limpeza na Rua José Inácio de Souza, travessa da Avenida Prefeito Mario Silveira.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/159/indicacao_no_055_-_indica_ao_setor_responsavel_que_realize_obras_de_melhorias_no_calcamento_da_rua_jose_gomes_sobrinho_altura_do_no_333_bairro_primavera..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/159/indicacao_no_055_-_indica_ao_setor_responsavel_que_realize_obras_de_melhorias_no_calcamento_da_rua_jose_gomes_sobrinho_altura_do_no_333_bairro_primavera..pdf</t>
   </si>
   <si>
     <t>Obras de melhoria no calçamento da Rua José Gomes Sobrinho, altura do nº 333, bairro Primavera.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/160/indicacao_no_056_-_indica_ao_setor_responsavel_que_realize_limpeza_na_rua_americo_mariano_da_silva_altura_do_no_280_bairro_primavera..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/160/indicacao_no_056_-_indica_ao_setor_responsavel_que_realize_limpeza_na_rua_americo_mariano_da_silva_altura_do_no_280_bairro_primavera..pdf</t>
   </si>
   <si>
     <t>Limpeza na Rua Américo Mariano da Silva, altura do nº 280, Bairro Primavera.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/161/indicacao_no_057_-_indica_ao_setor_responsavel_que_realize_obras_para_contencao_de_enchentes_na_rua_pulcheria_de_paiva_pinto_proximo_ao_poliesportivo_municipal..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/161/indicacao_no_057_-_indica_ao_setor_responsavel_que_realize_obras_para_contencao_de_enchentes_na_rua_pulcheria_de_paiva_pinto_proximo_ao_poliesportivo_municipal..pdf</t>
   </si>
   <si>
     <t>Obras para contenção de enchentes na Rua Pulchéria Paiva Pinto, próximo ao Poliesportivo Municipal.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/162/indicacao_no_058_-_indica_ao_setor_responsavel_que_realize_manutencao_na_estrada_rural_do_bairro_almas_proximo_a_propriedade_do_sr._paulo_lucio_dos_santos..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/162/indicacao_no_058_-_indica_ao_setor_responsavel_que_realize_manutencao_na_estrada_rural_do_bairro_almas_proximo_a_propriedade_do_sr._paulo_lucio_dos_santos..pdf</t>
   </si>
   <si>
     <t>Manutenção na estrada rural do Bairro Almas, próximo a propriedade do Sr. Paulo Lúcio dos Santos.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/163/indicacao_no_059_-_indica_ao_setor_responsavel_que_realize_a_retirada_de_entulho_localizado_na_rua_professora_lazara_souza_e_silva_bairro_monte_rey..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/163/indicacao_no_059_-_indica_ao_setor_responsavel_que_realize_a_retirada_de_entulho_localizado_na_rua_professora_lazara_souza_e_silva_bairro_monte_rey..pdf</t>
   </si>
   <si>
     <t>Retirada de entulho localizado na Rua Professora Lázara Souza e Silva, Bairro Monte Rey.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/164/indicacao_no_060_-_indica_ao_setor_responsavel_que_realize_manutencao_na_estrada_rural_do_bairro_almas_proximo_ao_estabelecimento_comercial_do_sr._leandro..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/164/indicacao_no_060_-_indica_ao_setor_responsavel_que_realize_manutencao_na_estrada_rural_do_bairro_almas_proximo_ao_estabelecimento_comercial_do_sr._leandro..pdf</t>
   </si>
   <si>
     <t>Manutenção na estrada rural do Bairro Almas, próximo ao estabelecimento comercial do Sr. Leandro.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/165/indicacao_no_061_-_indica_ao_poder_executivo_que_realize_o_pagamento_do_piso_da_enfermagem_aos_profissionais_municipais_que_atuam_nessa_area..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/165/indicacao_no_061_-_indica_ao_poder_executivo_que_realize_o_pagamento_do_piso_da_enfermagem_aos_profissionais_municipais_que_atuam_nessa_area..pdf</t>
   </si>
   <si>
     <t>Pagamento do piso da Enfermagem aos profissionais municipais que atuam nessa área.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/166/indicacao_no_062_-_indica_ao_setor_responsavel_que_de_continuidade_na_instalacao_de_manilhas_na_rede_que_liga_o_escoamento_das_aguas_fluviais_da_rua_senador_jose_bento_bairro.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/166/indicacao_no_062_-_indica_ao_setor_responsavel_que_de_continuidade_na_instalacao_de_manilhas_na_rede_que_liga_o_escoamento_das_aguas_fluviais_da_rua_senador_jose_bento_bairro.pdf</t>
   </si>
   <si>
     <t>Continuidade na instalação de manilhas na rede que liga o escoamento das águas fluviais da Rua Senador José Bento, Bairro Santo Onofre.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/167/indicacao_no_063_-_indica_ao_setor_responsavel_que_faca_a_poda_de_arvores_localizada_na_rua_senador_jose_bento_bairro_santo_onofre..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/167/indicacao_no_063_-_indica_ao_setor_responsavel_que_faca_a_poda_de_arvores_localizada_na_rua_senador_jose_bento_bairro_santo_onofre..pdf</t>
   </si>
   <si>
     <t>Poda de árvores localizadas na rua Senador José Bento, Bairro Santo Onofre.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/168/indicacao_no_064_-_indica_ao_setor_responsavel_que_faca_limpeza_da_boca_de_lobo_na_rua_senador_jose_bento_bairro_santo_onofre..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/168/indicacao_no_064_-_indica_ao_setor_responsavel_que_faca_limpeza_da_boca_de_lobo_na_rua_senador_jose_bento_bairro_santo_onofre..pdf</t>
   </si>
   <si>
     <t>Limpeza da boca de lobo, na Rua Senador José Bento, Bairro Santo Onofre.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/169/indicacao_no_065_-_indica_ao_setor_responsavel_que_faca_instalacao_das_placas_com_nomes_das_ruas_no_bairro_santo_onofre..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/169/indicacao_no_065_-_indica_ao_setor_responsavel_que_faca_instalacao_das_placas_com_nomes_das_ruas_no_bairro_santo_onofre..pdf</t>
   </si>
   <si>
     <t>Instalação das placas com nomes das ruas no Bairro Santo Onofre.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/170/indicacao_no_066_-_indica_ao_poder_executivo_e_a_secretaria_municipal_de_educacao_que_coloque_o_nome_na_parte_externa_na_escola_municipal_pref._joaquim_inacio_franco_bem_como.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/170/indicacao_no_066_-_indica_ao_poder_executivo_e_a_secretaria_municipal_de_educacao_que_coloque_o_nome_na_parte_externa_na_escola_municipal_pref._joaquim_inacio_franco_bem_como.pdf</t>
   </si>
   <si>
     <t>Coloque o nome na parte externa na Escola Municipal Prefeito Joaquim Inácio Franco bem como pinturas com tema infantil.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/171/indicacao_no_067_-_indica_ao_setor_responsavel_que_realize_manutencao_na_estrada_rural_apos_o_pesqueiro_do_sr._ze_vieirinha_as_margens_do_rio_cervo_a_pedido_da_sra._tatiane.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/171/indicacao_no_067_-_indica_ao_setor_responsavel_que_realize_manutencao_na_estrada_rural_apos_o_pesqueiro_do_sr._ze_vieirinha_as_margens_do_rio_cervo_a_pedido_da_sra._tatiane.pdf</t>
   </si>
   <si>
     <t>Manutenção na estrada rural após o pesqueiro do Sr. Zé Vieirinha, às margens do Rio Cervo</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/172/indicacao_no_068_-_indica_ao_setor_responsavel_que_realize_manutencao_na_ponte_de_acesso_ao_bairro_campestre..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/172/indicacao_no_068_-_indica_ao_setor_responsavel_que_realize_manutencao_na_ponte_de_acesso_ao_bairro_campestre..pdf</t>
   </si>
   <si>
     <t>Manutenção na ponte de acesso ao Bairro Campestre.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/173/indicacao_no_069_-_indica_ao_setor_responsavel_a_instalacao_de_placa_de_denominacao_de_logradouro_publico_na_rua_professora_lazara_souza_e_silva_esquina_com_a_avenida_prefeit.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/173/indicacao_no_069_-_indica_ao_setor_responsavel_a_instalacao_de_placa_de_denominacao_de_logradouro_publico_na_rua_professora_lazara_souza_e_silva_esquina_com_a_avenida_prefeit.pdf</t>
   </si>
   <si>
     <t>Instalação de placa de denominação de logradouro público na Rua Professora Lázara Souza e Silva, esquina com a Avenida Prefeito Mario Silveira.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/174/indicacao_no_070_-_indica_aos_etor_responsavel_que_realize_servico_de_manutencao_na_rua_coronel_evaristo_valdetario_e_silva_altura_do_no_833_bairro_jardim_planalto..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/174/indicacao_no_070_-_indica_aos_etor_responsavel_que_realize_servico_de_manutencao_na_rua_coronel_evaristo_valdetario_e_silva_altura_do_no_833_bairro_jardim_planalto..pdf</t>
   </si>
   <si>
     <t>Serviço de manutenção na Rua Coronel Evaristo Valdetário e Silva, altura do nº 833, Bairro Jardim Planalto.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/175/indicacao_no_071_-_indica_ao_setor_responsavel_que_realize_limpeza_na_rua_alagoas_bairro_novo_horizonte..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/175/indicacao_no_071_-_indica_ao_setor_responsavel_que_realize_limpeza_na_rua_alagoas_bairro_novo_horizonte..pdf</t>
   </si>
   <si>
     <t>Limpeza na Rua Alagoas, Bairro Novo Horizonte.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/176/indicacao_no_072_-_indica_ao_setor_responsavel_que_realize_limpeza_na_rua_paraiba_bairro_novo_horizonte..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/176/indicacao_no_072_-_indica_ao_setor_responsavel_que_realize_limpeza_na_rua_paraiba_bairro_novo_horizonte..pdf</t>
   </si>
   <si>
     <t>Limpeza na Rua Paraíba, Bairro Novo Horizonte.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/177/indicacao_no_073_-_indica_ao_setor_responsavel_que_realize_a_limpeza_na_rua_pernambuco_bairro_novo_horizonte..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/177/indicacao_no_073_-_indica_ao_setor_responsavel_que_realize_a_limpeza_na_rua_pernambuco_bairro_novo_horizonte..pdf</t>
   </si>
   <si>
     <t>Limpeza na Rua Pernambuco, Bairro Novo Horizonte.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/178/indicacao_no_074_-_indica_ao_setor_responsavel_que_realize_manutencao_em_ponte_localizada_no_bairro_dos_migueis_sentido_ao_imovel_do_sr._paulo_sergio..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/178/indicacao_no_074_-_indica_ao_setor_responsavel_que_realize_manutencao_em_ponte_localizada_no_bairro_dos_migueis_sentido_ao_imovel_do_sr._paulo_sergio..pdf</t>
   </si>
   <si>
     <t>Manutenção em ponte localizada no Bairro dos Miguéis, sentido ao imóvel do Sr. Paulo Sérgio.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/179/indicacao_no_075_-_indica_ao_setor_responsavel_a_instalacao_de_placas_de_sinalizacao_proibindo_o_estacionamento_de_qualquer_especie_de_veiculo_as_margens_da_br_459_em_todo_o.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/179/indicacao_no_075_-_indica_ao_setor_responsavel_a_instalacao_de_placas_de_sinalizacao_proibindo_o_estacionamento_de_qualquer_especie_de_veiculo_as_margens_da_br_459_em_todo_o.pdf</t>
   </si>
   <si>
     <t>Instalação de placas de sinalização, proibindo o estacionamento de qualquer espécie de veículo às margens da BR 459, em todo o perímetro urbano de Congonhal, bem como sua fiscalização.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/180/indicacao_no_076_-_indica_ao_setor_responsavel_que_realize_limpeza_na_boca_de_manilha_as_margens_da_br_459_no_ribeirao_proximo_ao_conclub_a_pedido_do_sr._renato_nazareno..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/180/indicacao_no_076_-_indica_ao_setor_responsavel_que_realize_limpeza_na_boca_de_manilha_as_margens_da_br_459_no_ribeirao_proximo_ao_conclub_a_pedido_do_sr._renato_nazareno..pdf</t>
   </si>
   <si>
     <t>Limpeza na boca de manilha, às margens da BR 459</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/181/indicacao_no_077_-_indica_ao_setor_responsavel_que_realize_troca_de_lampadas_queimadas_no_perimetro_urbano_as_margens_da_br_459..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/181/indicacao_no_077_-_indica_ao_setor_responsavel_que_realize_troca_de_lampadas_queimadas_no_perimetro_urbano_as_margens_da_br_459..pdf</t>
   </si>
   <si>
     <t>Troca de lâmpadas queimadas no perímetro urbano, às margens da BR 459.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/182/indicacao_no_078_-_indica_ao_setor_responsavel_que_realize_manutencao_na_cabeca_da_ponte_no_bairro_rural_macacos_proximo_a_residencia_do_sr._jose_wilson_gomes.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/182/indicacao_no_078_-_indica_ao_setor_responsavel_que_realize_manutencao_na_cabeca_da_ponte_no_bairro_rural_macacos_proximo_a_residencia_do_sr._jose_wilson_gomes.pdf</t>
   </si>
   <si>
     <t>Manutenção na cabeça de ponte no Bairro Rural Macacos</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/183/indicacao_no_079_-_indica_ao_setor_responsavel_que_realize_limpeza_em_manilhas_ou_se_necessario_for_substituir_por_manilhas_mais_grossas_localizado_no_bairro_quintilhanos_pr.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/183/indicacao_no_079_-_indica_ao_setor_responsavel_que_realize_limpeza_em_manilhas_ou_se_necessario_for_substituir_por_manilhas_mais_grossas_localizado_no_bairro_quintilhanos_pr.pdf</t>
   </si>
   <si>
     <t>Limpeza em manilhas ou se necessário for, substituir por manilhas mais grossas localizado no Bairro Quintilhanos.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/184/indicacao_no_080_-_indica_ao_setor_responsavel_que_realize_cascalhamento_e_manutencao_necessaria_no_morro_proximo_ao_pesqueiro_ze_vieirinha_a_pedido_da_sra._ana_paula_xavier..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/184/indicacao_no_080_-_indica_ao_setor_responsavel_que_realize_cascalhamento_e_manutencao_necessaria_no_morro_proximo_ao_pesqueiro_ze_vieirinha_a_pedido_da_sra._ana_paula_xavier..pdf</t>
   </si>
   <si>
     <t>Cascalhamento e manutenção necessária no morro próximo ao pesqueiro Zé Vieirinha.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/185/indicacao_no_081_-_indica_ao_setor_responsavel_que_realize_a_manutencao_e_patrolamento_das_estradas_rurais_nos_bairros_barreirinhos_quintilhanos_e_malheiros_saindo_ate_as_mar.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/185/indicacao_no_081_-_indica_ao_setor_responsavel_que_realize_a_manutencao_e_patrolamento_das_estradas_rurais_nos_bairros_barreirinhos_quintilhanos_e_malheiros_saindo_ate_as_mar.pdf</t>
   </si>
   <si>
     <t>Manutenção e patrolamento das estradas rurais nos Bairro Barreirinhos, Quintilhanos e Malheiros</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/186/indicacao_no_082_-_indica_ao_setor_responsavel_que_faca_as_trocas_das_lampadas_dos_refletores_do_campo_de_futebol_municipal_prefeito_gerson_da_silva_por_lampadas_de_led..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/186/indicacao_no_082_-_indica_ao_setor_responsavel_que_faca_as_trocas_das_lampadas_dos_refletores_do_campo_de_futebol_municipal_prefeito_gerson_da_silva_por_lampadas_de_led..pdf</t>
   </si>
   <si>
     <t>Trocas das lâmpadas dos refletores do Campo de Futebol Municipal Prefeito Gerson da Silva, por lâmpadas de LED.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/187/indicacao_no_083_-_indica_ao_setor_responsavel_que_faca_manutencao_nas_cestas_de_basquete_do_ginasio_da_escola_municipal_joao_lucio_dos_santos..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/187/indicacao_no_083_-_indica_ao_setor_responsavel_que_faca_manutencao_nas_cestas_de_basquete_do_ginasio_da_escola_municipal_joao_lucio_dos_santos..pdf</t>
   </si>
   <si>
     <t>Manutenção nas cestas de basquete do ginásio da Escola Municipal João Lúcio dos Santos.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/188/indicacao_no_084_-_indica_ao_setor_responsavel_que_faca_manutencao_no_calcamento_na_rua_joao_candido_pimentel_paralela_com_rua_jordino_dos_reis_bairro_bela_vista..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/188/indicacao_no_084_-_indica_ao_setor_responsavel_que_faca_manutencao_no_calcamento_na_rua_joao_candido_pimentel_paralela_com_rua_jordino_dos_reis_bairro_bela_vista..pdf</t>
   </si>
   <si>
     <t>Manutenção no calçamento na Rua João Cândido Pimentel paralela com Rua Jordino dos Reis, bairro Bela Vista.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/189/indicacao_no_085_-_indica_ao_setor_responsavel_que_realize_servico_de_manutencao_no_calcamento_da_rua_jordino_reis_bairro_bela_vista_a_pedido_do_sr._felipe_martins..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/189/indicacao_no_085_-_indica_ao_setor_responsavel_que_realize_servico_de_manutencao_no_calcamento_da_rua_jordino_reis_bairro_bela_vista_a_pedido_do_sr._felipe_martins..pdf</t>
   </si>
   <si>
     <t>Serviço de manutenção no calçamento da Rua Jordino Francisco Reis, Bairro Bela Vista.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/190/indicacao_no_086_-_indica_ao_setor_responsavel_que_realize_rocagem_do_mato_e_limpeza_no_ponto_de_onibus_as_margens_da_br_459_em_frente_ao_bairro_santa_edwirges.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/190/indicacao_no_086_-_indica_ao_setor_responsavel_que_realize_rocagem_do_mato_e_limpeza_no_ponto_de_onibus_as_margens_da_br_459_em_frente_ao_bairro_santa_edwirges.pdf</t>
   </si>
   <si>
     <t>Roçagem do mato e limpeza no ponto de ônibus às margens da BR 459, em frente ao Bairro Santa Edwirges.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/191/indicacao_no_087_-_indica_ao_setor_responsavel_que_realize_manutencao_em_morro_na_estrada_do_bairro_rural_taiobas_sentido_bairro_cervo_nas_proximidades_de_sua_ponte_de_madei.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/191/indicacao_no_087_-_indica_ao_setor_responsavel_que_realize_manutencao_em_morro_na_estrada_do_bairro_rural_taiobas_sentido_bairro_cervo_nas_proximidades_de_sua_ponte_de_madei.pdf</t>
   </si>
   <si>
     <t>Manutenção em morro na estrada do Bairro Rural Taiobas, sentido bairro Cervo</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/192/indicacao_no_088_-_indica_ao_setor_responsavel_que_realize_a_aquisicao_de_material_e_jogos_pedagogicos_para_o_cemei_professora_vita_alves_de_lima.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/192/indicacao_no_088_-_indica_ao_setor_responsavel_que_realize_a_aquisicao_de_material_e_jogos_pedagogicos_para_o_cemei_professora_vita_alves_de_lima.pdf</t>
   </si>
   <si>
     <t>Aquisição de material e jogos pedagógicos para o CEMEI Professora Vita Alves de Lima</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/193/indicacao_no_089_-_indica_ao_poder_executivo_e_o_setor_responsavel_que_faca_manutencao_nas_pedras_do_calcamento_na_rua_joao_pereira_lopes..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/193/indicacao_no_089_-_indica_ao_poder_executivo_e_o_setor_responsavel_que_faca_manutencao_nas_pedras_do_calcamento_na_rua_joao_pereira_lopes..pdf</t>
   </si>
   <si>
     <t>Manutenção nas pedras do calçamento na Rua João Pereira Lopes</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/194/indicacao_no_090_-_indica_ao_poder_executivo_e_o_setor_responsavel_que_faca_as_trocas_das_lampadas_dos_postes_na_rua_vereador_doraci_bernardes_de_souza_nas_proximidades_do_no.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/194/indicacao_no_090_-_indica_ao_poder_executivo_e_o_setor_responsavel_que_faca_as_trocas_das_lampadas_dos_postes_na_rua_vereador_doraci_bernardes_de_souza_nas_proximidades_do_no.pdf</t>
   </si>
   <si>
     <t>Trocas das lâmpadas dos postes na Rua Vereador Doraci Bernardes de Souza</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/195/indicacao_no_091_-_indica_ao_poder_executivo_e_a_secretaria_municipal_de_educacao_que_coloque_cameras_de_seguanca_nos_portoes_da_pre_escola_municipal_joaquim_inacio_franco.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/195/indicacao_no_091_-_indica_ao_poder_executivo_e_a_secretaria_municipal_de_educacao_que_coloque_cameras_de_seguanca_nos_portoes_da_pre_escola_municipal_joaquim_inacio_franco.pdf</t>
   </si>
   <si>
     <t>Coloque câmeras de segurança nos portões da Pré Escola Municipal Joaquim Inácio Franco.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/196/indicacao_no_092_-_indica_ao_poder_executivo_e_a_secretaria_municipal_de_estradas_rurais_que_faca_a_manutencao_na_estrada_no_bairro_coutinhos_sentido_a_residencia_do_sr._conh.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/196/indicacao_no_092_-_indica_ao_poder_executivo_e_a_secretaria_municipal_de_estradas_rurais_que_faca_a_manutencao_na_estrada_no_bairro_coutinhos_sentido_a_residencia_do_sr._conh.pdf</t>
   </si>
   <si>
     <t>Manutenção na estrada no Bairro Coutinhos</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/197/indicacao_no_093_-_indica_ao_setor_responsavel_a_instalacao_de_placas_de_denominacao_de_logradouro_publico_nas_esquinas_das_ruas_com_a_avenida_prefeito_mario_silveira..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/197/indicacao_no_093_-_indica_ao_setor_responsavel_a_instalacao_de_placas_de_denominacao_de_logradouro_publico_nas_esquinas_das_ruas_com_a_avenida_prefeito_mario_silveira..pdf</t>
   </si>
   <si>
     <t>Instalação de placas de denominação de logradouro público nas esquinas das ruas com a Avenida Prefeito Mario Silveira</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/198/indicacao_no_094_-_indica_ao_setor_de_obras_urbanas_atraves_do_responsavel_pela_sinalizacao_de_transito_que_realize_um_estudo_tecnico_para_averiguacao_quanto_a_possibilidade.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/198/indicacao_no_094_-_indica_ao_setor_de_obras_urbanas_atraves_do_responsavel_pela_sinalizacao_de_transito_que_realize_um_estudo_tecnico_para_averiguacao_quanto_a_possibilidade.pdf</t>
   </si>
   <si>
     <t>Estudo técnico para averiguação quanto a possibilidade de construção de rotatória na junção das ruas José Gomes Sobrinho, João Mariano Coutinho e Maria Josefina de Jesus, no Bairro Primavera II.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/199/indicacao_no_095_-_indica_ao_poder_executivo_que_seja_contratado_vigilantes_ou_guardas_municipais_para_seguranca_nas_entradas_das_escolas_municipais_do_nosso_municipio..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/199/indicacao_no_095_-_indica_ao_poder_executivo_que_seja_contratado_vigilantes_ou_guardas_municipais_para_seguranca_nas_entradas_das_escolas_municipais_do_nosso_municipio..pdf</t>
   </si>
   <si>
     <t>Contratação de vigilantes ou guardas municipais para segurança nas entradas das Escolas Municipais do nosso município.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/200/indicacao_no_096_-_indica_ao_setor_responsavel_que_realize_obra_de_melhoria_manutencao_na_estrada_rural_de_acesso_a_propriedade_do_sr._mauri_cirino_bairro_barreirinhos..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/200/indicacao_no_096_-_indica_ao_setor_responsavel_que_realize_obra_de_melhoria_manutencao_na_estrada_rural_de_acesso_a_propriedade_do_sr._mauri_cirino_bairro_barreirinhos..pdf</t>
   </si>
   <si>
     <t>Obra de melhoria/manutenção na estrada rural de acesso à propriedade do Sr. Mauri Cirino, Bairro Barreirinhos.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/201/indicacao_no_097_-_indica_a_diretoria_de_esportes_municipal_averiguacao_quanto_a_possibilidade_a_oferta_de_lanche_com_frutas_e_sucos_as_criancas_no_local_apos_os_treinos_d.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/201/indicacao_no_097_-_indica_a_diretoria_de_esportes_municipal_averiguacao_quanto_a_possibilidade_a_oferta_de_lanche_com_frutas_e_sucos_as_criancas_no_local_apos_os_treinos_d.pdf</t>
   </si>
   <si>
     <t>Possibilidade de oferta de lanche, com frutas e sucos, às crianças, no local, após os treinos da Escolinha de Futebol Municipal</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/202/indicacao_no_098_-_indica_ao_setor_responsavel_que_realize_rocagem_de_mato_e_limpeza_da_estrada_do_bairro_rural_coutinhos..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/202/indicacao_no_098_-_indica_ao_setor_responsavel_que_realize_rocagem_de_mato_e_limpeza_da_estrada_do_bairro_rural_coutinhos..pdf</t>
   </si>
   <si>
     <t>Roçagem de mato e limpeza da estrada do Bairro Rural Coutinhos.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/203/indicacao_no_099_-_indica_ao_poder_executivo_e_o_setor_responsavel_que_faca_manutencao_em_frente_a_chacara_da_sra._judite_e_sr._geraldo_bairro_das_almas..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/203/indicacao_no_099_-_indica_ao_poder_executivo_e_o_setor_responsavel_que_faca_manutencao_em_frente_a_chacara_da_sra._judite_e_sr._geraldo_bairro_das_almas..pdf</t>
   </si>
   <si>
     <t>Manutenção em frente a chácara da Sra. Judite e Sr. Geraldo, Bairro das Almas.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/204/indicacao_no_100_-_indica_ao_poder_executivo_e_a_secretria_municipal_de_educacao_que_reforce_a_seguranca_nas_laterais_da_creche_municipal_cemei_professora_vita_alves_de_lima.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/204/indicacao_no_100_-_indica_ao_poder_executivo_e_a_secretria_municipal_de_educacao_que_reforce_a_seguranca_nas_laterais_da_creche_municipal_cemei_professora_vita_alves_de_lima.pdf</t>
   </si>
   <si>
     <t>Reforçe a segurança nas laterais da Creche Municipal Cemei Professora Vita Alves de Lima.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/205/indicacao_no_101_-_indica_ao_setor_responsavel_que_realize_iluminacao_da_praca_localizada_na_rua_jordino_francisco_dos_reis_bairro_bela_vista..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/205/indicacao_no_101_-_indica_ao_setor_responsavel_que_realize_iluminacao_da_praca_localizada_na_rua_jordino_francisco_dos_reis_bairro_bela_vista..pdf</t>
   </si>
   <si>
     <t>Iluminação da praça localizada na rua Jordino Francisco dos Reis, Bairro Bela Vista.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/206/indicacao_no_102_-_indica_ao_setor_responsavel_que_realize_obra_de_melhoria_manutencao_na_estrada_rural_da_roseiras_entido_propriedade_do_sr._jose_roberto_rezende_bairro_mar.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/206/indicacao_no_102_-_indica_ao_setor_responsavel_que_realize_obra_de_melhoria_manutencao_na_estrada_rural_da_roseiras_entido_propriedade_do_sr._jose_roberto_rezende_bairro_mar.pdf</t>
   </si>
   <si>
     <t>Obra de melhoria/manutenção na estrada rural da Roseira, Bairro Marianos</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/207/indicacao_no_103_-_indica_ao_setor_responsavel_que_realize_estudo_sobre_a_viabilidade_de_oferecer_cursos_de_libras_para_os_professores_da_rede_publica_municipal_de_ensino..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/207/indicacao_no_103_-_indica_ao_setor_responsavel_que_realize_estudo_sobre_a_viabilidade_de_oferecer_cursos_de_libras_para_os_professores_da_rede_publica_municipal_de_ensino..pdf</t>
   </si>
   <si>
     <t>Estudo sobre a viabilidade de oferecer cursos de libras para os professores da rede pública municipal de ensino.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/208/indicacao_no_104_-_indica_ao_setor_responsavel_que_realize_servico_de_melhoria_na_estrada_que_sobe_para_o_bairro_da_conceicao_sentido_sr._benedito_balbino..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/208/indicacao_no_104_-_indica_ao_setor_responsavel_que_realize_servico_de_melhoria_na_estrada_que_sobe_para_o_bairro_da_conceicao_sentido_sr._benedito_balbino..pdf</t>
   </si>
   <si>
     <t>Serviço de melhoria na estrada que sobre para o bairro Conceição</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/209/indicacao_no_105_-_indica_ao_setor_responsavel_que_realize_servico_de_melhoria_manutencao_limpeza_na_estrada_lateral_a_br_459_saindo_do_bairro_santa_edwirges_ate_a_entrada_d.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/209/indicacao_no_105_-_indica_ao_setor_responsavel_que_realize_servico_de_melhoria_manutencao_limpeza_na_estrada_lateral_a_br_459_saindo_do_bairro_santa_edwirges_ate_a_entrada_d.pdf</t>
   </si>
   <si>
     <t>Serviço de melhoria/manutenção /limpeza na estrada lateral à BR 459, saindo do bairro Santa Edwirges</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/210/indicacao_no_106_-_indica_ao_setor_responsavel_que_realize_servico_de_manutencao_na_rua_rio_grande_do_sul_bairro_santa_eliza..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/210/indicacao_no_106_-_indica_ao_setor_responsavel_que_realize_servico_de_manutencao_na_rua_rio_grande_do_sul_bairro_santa_eliza..pdf</t>
   </si>
   <si>
     <t>Serviço de manutenção na Rua Rio Grande do Sul, Bairro Santa Eliza.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/211/indicacao_no_107_-_indica_ao_poder_executivo_e_ao_setor_responsavel_pelas_estradas_rurais_que_faca_cascalhamento_da_estrada_de_acesso_a_terraplanagem_localizado_no_bairro_cou.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/211/indicacao_no_107_-_indica_ao_poder_executivo_e_ao_setor_responsavel_pelas_estradas_rurais_que_faca_cascalhamento_da_estrada_de_acesso_a_terraplanagem_localizado_no_bairro_cou.pdf</t>
   </si>
   <si>
     <t>Cascalhamento da estrada de acesso a terraplanagem localizado no Bairro Coutinhos.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/212/indicacao_no_108_-_indica_ao_poder_executivo_e_o_setor_responsavel_a_necessidade_de_construcao_de_meio_fio_na_esquina_da_rua_cesario_alvim_com_a_rua_maria_benedita_de_souza_o.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/212/indicacao_no_108_-_indica_ao_poder_executivo_e_o_setor_responsavel_a_necessidade_de_construcao_de_meio_fio_na_esquina_da_rua_cesario_alvim_com_a_rua_maria_benedita_de_souza_o.pdf</t>
   </si>
   <si>
     <t>Construção de meio fio na esquina da rua Cesário Alvim com a rua Maria Benedita de Souza</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/213/indicacao_no_109_-_indica_ao_poder_executivo_e_o_setor_responsavel_que_faca_troca_de_manilhas_por_manilhas_grossas_localizada_na_estrada_do_bairro_da_lajinha..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/213/indicacao_no_109_-_indica_ao_poder_executivo_e_o_setor_responsavel_que_faca_troca_de_manilhas_por_manilhas_grossas_localizada_na_estrada_do_bairro_da_lajinha..pdf</t>
   </si>
   <si>
     <t>Troca de manilhas por manilhas grossas, localizada na estrada do Bairro da Lajinha</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/214/indicacao_no_110_-_indica_ao_poder_executivo_e_o_setor_responsavel_que_faca_manutencao_na_rua_bias_fortes_poximo_ao_supermercado_do_melado..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/214/indicacao_no_110_-_indica_ao_poder_executivo_e_o_setor_responsavel_que_faca_manutencao_na_rua_bias_fortes_poximo_ao_supermercado_do_melado..pdf</t>
   </si>
   <si>
     <t>Manutenção na rua Bias Fortes próximo ao Supermercado do Melado</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/215/indicacao_no_111_-_indica_ao_setor_responsavel_que_realize_cosntrucao_de_ponto_de_onibus_em_encruzilhada_especifica_no_bairro_rural_almas_a_pedido_de_alunos..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/215/indicacao_no_111_-_indica_ao_setor_responsavel_que_realize_cosntrucao_de_ponto_de_onibus_em_encruzilhada_especifica_no_bairro_rural_almas_a_pedido_de_alunos..pdf</t>
   </si>
   <si>
     <t>Construção de ponto de ônibus, em encruzilhada específica, no Bairro Rural Almas.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/216/indicacao_no_112_-_indica_a_secretaria_de_educacao_e_a_diretoria_de_cultura_municipal_averiguacao_quanto_possibilidade_de_criacao_de_uma_oficina_de_teatro_para_as_criancas.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/216/indicacao_no_112_-_indica_a_secretaria_de_educacao_e_a_diretoria_de_cultura_municipal_averiguacao_quanto_possibilidade_de_criacao_de_uma_oficina_de_teatro_para_as_criancas.pdf</t>
   </si>
   <si>
     <t>Possibilidade de criação de uma oficina de teatro para as crianças do município</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/217/indicacao_no_113_-_indica_ao_setor_responsavel_que_realize_limpez_retirada_de_entulho_nas_ruas_do_bairro_santo_onofre..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/217/indicacao_no_113_-_indica_ao_setor_responsavel_que_realize_limpez_retirada_de_entulho_nas_ruas_do_bairro_santo_onofre..pdf</t>
   </si>
   <si>
     <t>Limpeza/retirada de entulho nas ruas do Bairro Santo Onofre.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/218/indicacao_no_114_-_indica_ao_poder_executivo_e_a_secretaria_de_estradas_rurais_que_faca_um_ponto_com_cobertura_para_alunos_estudantes_da_rede_municipal_no_bairro_macacos_prox.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/218/indicacao_no_114_-_indica_ao_poder_executivo_e_a_secretaria_de_estradas_rurais_que_faca_um_ponto_com_cobertura_para_alunos_estudantes_da_rede_municipal_no_bairro_macacos_prox.pdf</t>
   </si>
   <si>
     <t>Construção de ponto com cobertura para alunos da rede municipal no bairro Macacos.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/219/indicacao_no_115_-_indica_ao_setor_responsavel_que_realiza_obra_de_melhoria_manutencao_na_estrada_rural_do_bairro_guidos_a_pedido_de_moradores..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/219/indicacao_no_115_-_indica_ao_setor_responsavel_que_realiza_obra_de_melhoria_manutencao_na_estrada_rural_do_bairro_guidos_a_pedido_de_moradores..pdf</t>
   </si>
   <si>
     <t>Obras de melhoria/manutenção na estrada rural do Bairro Guidos</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/220/indicacao_no_116_-_indica_ao_setor_responsavel_que_realize_obra_de_melhoria_manutencao_nas_cabecas_da_ponte_sobre_o_rio_cervo_no_bairro_guidos_a_pedido_de_moradores..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/220/indicacao_no_116_-_indica_ao_setor_responsavel_que_realize_obra_de_melhoria_manutencao_nas_cabecas_da_ponte_sobre_o_rio_cervo_no_bairro_guidos_a_pedido_de_moradores..pdf</t>
   </si>
   <si>
     <t>Melhoria/manutenção nas cabeças da ponte sobre o Rio Cervo, no Bairro Guidos.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/221/indicacao_no_117_-_indica_ao_setor_responsavel_que_realize_pintura_das_faixas_de_pedestres_em_toda_a_zona_urbana_de_congonhal..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/221/indicacao_no_117_-_indica_ao_setor_responsavel_que_realize_pintura_das_faixas_de_pedestres_em_toda_a_zona_urbana_de_congonhal..pdf</t>
   </si>
   <si>
     <t>Realize pintura das faixas de pedestres em toda a zona urbana de Congonhal.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/222/indicacao_no_118_-_indica_ao_setor_responsavel_a_colocacao_de_postes_de_iluminacao_publica_em_praca_localizada_no_bairro_bela_vista..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/222/indicacao_no_118_-_indica_ao_setor_responsavel_a_colocacao_de_postes_de_iluminacao_publica_em_praca_localizada_no_bairro_bela_vista..pdf</t>
   </si>
   <si>
     <t>Colocação de postes de iluminação pública em praça localizada no Bairro Bela Vista.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/223/indicacao_no_119_-_indica_ao_setor_responsavel_que_realize_servico_de_manutencao_no_calcamento_da_rua_jordino_francisco_reis_bairro_bela_vista_a_pedido_dos_moradores_circunv.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/223/indicacao_no_119_-_indica_ao_setor_responsavel_que_realize_servico_de_manutencao_no_calcamento_da_rua_jordino_francisco_reis_bairro_bela_vista_a_pedido_dos_moradores_circunv.pdf</t>
   </si>
   <si>
     <t>Serviço de manutenção no calçamento da Rua Jordino Francisco Reis, Bairro Bela Vista</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/224/indicacao_no_120_-_indica_ao_setor_responsavel_que_faca_as_trocas_das_lampadas_que_estao_queimadas_proximo_a_ponte_do_rio_cervo_na_estrada_que_da_acesso_ao_bairro_sao_domingos.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/224/indicacao_no_120_-_indica_ao_setor_responsavel_que_faca_as_trocas_das_lampadas_que_estao_queimadas_proximo_a_ponte_do_rio_cervo_na_estrada_que_da_acesso_ao_bairro_sao_domingos.pdf</t>
   </si>
   <si>
     <t>Trocas das lâmpadas que estão queimadas próximo a ponte do rio cervo na estrada que dá acesso ao Bairro São Domingos.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/225/indicacao_no_121_-_indica_ao_poder_executivo_e_a_secretaria_educacao_que_faca_a_cobertura_metalica_entre_as_novas_salas_de_aula_e_o_refeitorio_do_cemei_professora_vita_alves_d.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/225/indicacao_no_121_-_indica_ao_poder_executivo_e_a_secretaria_educacao_que_faca_a_cobertura_metalica_entre_as_novas_salas_de_aula_e_o_refeitorio_do_cemei_professora_vita_alves_d.pdf</t>
   </si>
   <si>
     <t>Faça cobertura metálica entre as novas salas de aula e o refeitório do CEMEI Professora Vita Alves de Lima.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/226/indicacao_no_122_-_indica_ao_poder_executivo_municipal_manutencao_na_estrada_do_bairro_terra_preta..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/226/indicacao_no_122_-_indica_ao_poder_executivo_municipal_manutencao_na_estrada_do_bairro_terra_preta..pdf</t>
   </si>
   <si>
     <t>Manutenção na estrada do Bairro Terra Preta.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/227/indicacao_no_123_-_indica_ao_setor_responsavel_que_realize_obra_de_melhoria_manutencao_cascalhamento_na_estrada_rural_proximo_ao_pesqueiro_ze_vieirinha_subindo_a_serra_a_p.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/227/indicacao_no_123_-_indica_ao_setor_responsavel_que_realize_obra_de_melhoria_manutencao_cascalhamento_na_estrada_rural_proximo_ao_pesqueiro_ze_vieirinha_subindo_a_serra_a_p.pdf</t>
   </si>
   <si>
     <t>Obra de melhoria/manutenção (cascalhamento) na estrada rural próxima ao Pesqueiro Zé Vieirinha.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/228/indicacao_no_124_-_indica_ao_setor_responsavel_que_realize_obra_para_termino_de_quadra_espotiva_localizada_na_avenida_tuany_toledo_no_bairro_primavera..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/228/indicacao_no_124_-_indica_ao_setor_responsavel_que_realize_obra_para_termino_de_quadra_espotiva_localizada_na_avenida_tuany_toledo_no_bairro_primavera..pdf</t>
   </si>
   <si>
     <t>Obra para termino da quadra esportiva localizada na Avenida Tuany Toledo, no Bairro Primavera.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/229/indicacao_no_125_-_indica_ao_poder_executivo_e_a_secretaria_municipal_de_educacao_que_coloque_protecao_nos_vidros_dos_bercarios_do_cemei_professora_vita_alves_de_lima..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/229/indicacao_no_125_-_indica_ao_poder_executivo_e_a_secretaria_municipal_de_educacao_que_coloque_protecao_nos_vidros_dos_bercarios_do_cemei_professora_vita_alves_de_lima..pdf</t>
   </si>
   <si>
     <t>Coloque proteção nos vidros dos berçarios do CEMEI Professora Vita Alves de Lima.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/230/indicacao_no_126_-_indica_ao_setor_responsavel_e_a_secretaria_de_educacao_compra_de_capas_de_chuva__para_as_auxiliares_de_servicos_escolares_do_cemei..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/230/indicacao_no_126_-_indica_ao_setor_responsavel_e_a_secretaria_de_educacao_compra_de_capas_de_chuva__para_as_auxiliares_de_servicos_escolares_do_cemei..pdf</t>
   </si>
   <si>
     <t>Compra de capas de chuvas para as auxiliares de serviços escolares do CEMEI.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/231/indicacao_no_127_-_indica_ao_setor_responsavel_extensao_da_rede_eletrica_com_inicio_na_casa_de_morada_do_sr._altair_alcancando_a_casa_de_morada_do_sr._romeu_do_milton_no_ba.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/231/indicacao_no_127_-_indica_ao_setor_responsavel_extensao_da_rede_eletrica_com_inicio_na_casa_de_morada_do_sr._altair_alcancando_a_casa_de_morada_do_sr._romeu_do_milton_no_ba.pdf</t>
   </si>
   <si>
     <t>Extensão da rede elétrica, com início na casa de morada do Sr. Altair</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/232/indicacao_no_128_-_indica_ao_setor_responsavel_a_substituicao_dos_transformadores_de_15_kva_para_de_375_kva_nas_proximidades_da_casa_de_morada_do_pastor_marcos_e_proximidad.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/232/indicacao_no_128_-_indica_ao_setor_responsavel_a_substituicao_dos_transformadores_de_15_kva_para_de_375_kva_nas_proximidades_da_casa_de_morada_do_pastor_marcos_e_proximidad.pdf</t>
   </si>
   <si>
     <t>Substituição dos transformadores de 15 kVA para 37,5 kVA</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/233/indicacao_no_129_-_indica_ao_setor_respinsa_vel_que_faca_a_manutencao_na_estrada_da_serra_do_barreiro..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/233/indicacao_no_129_-_indica_ao_setor_respinsa_vel_que_faca_a_manutencao_na_estrada_da_serra_do_barreiro..pdf</t>
   </si>
   <si>
     <t>Manutenção na estrada da Serra do Barreiro.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/234/indicacao_no_130_-_indica_ao_setor_responsavel_que_faca_a_manutencao_na_estrada_do_bairro_da_mata..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/234/indicacao_no_130_-_indica_ao_setor_responsavel_que_faca_a_manutencao_na_estrada_do_bairro_da_mata..pdf</t>
   </si>
   <si>
     <t>Manutenção na estrada do Bairro da Mata.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/235/indicacao_no_131_-_indica_ao_poder_executivo_e_a_secretaria_de_obras_urbanas_que_faca_a_manutencao_na_rua_castelo_branco_proximo_ao_numero_510_loja_casa_do_campo..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/235/indicacao_no_131_-_indica_ao_poder_executivo_e_a_secretaria_de_obras_urbanas_que_faca_a_manutencao_na_rua_castelo_branco_proximo_ao_numero_510_loja_casa_do_campo..pdf</t>
   </si>
   <si>
     <t>Manutenção na Rua Castelo Branco</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/236/indicacao_no_132_-_indica_ao_setor_responsavel_que_contacte_cemig_para_realizacao_de_poda_de_arvores_e_instalacao_de_postes_e_lampadas_em_local_especifico_no_bairro_grota_ri.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/236/indicacao_no_132_-_indica_ao_setor_responsavel_que_contacte_cemig_para_realizacao_de_poda_de_arvores_e_instalacao_de_postes_e_lampadas_em_local_especifico_no_bairro_grota_ri.pdf</t>
   </si>
   <si>
     <t>Realização de poda de árvores e instalação de postes e lâmpadas em local específico, no Bairro Grota Rica.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/237/indicacao_no_133_-_indica_ao_setor_responsavel_que_contacte_a_cemig_para_realizacao_de_servico_para_melhoria_de_luminosidade_proximo_ao_ponto_de_onibus_da_br_459_bairro_cou.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/237/indicacao_no_133_-_indica_ao_setor_responsavel_que_contacte_a_cemig_para_realizacao_de_servico_para_melhoria_de_luminosidade_proximo_ao_ponto_de_onibus_da_br_459_bairro_cou.pdf</t>
   </si>
   <si>
     <t>Contacte Cemig para realização de serviço para melhoria de luminosidade, próximo ao ponto de ônibus da BR 459, Bairro Coutinhos.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/238/indicacao_no_134_-_indica_ao_setor_responsavel_que_realize_instalacao_de_lixeira_na_rua_jordino_francisco_dos_reis_altura_do_no_146_e_assentamento_de_paralelepipedos_neste.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/238/indicacao_no_134_-_indica_ao_setor_responsavel_que_realize_instalacao_de_lixeira_na_rua_jordino_francisco_dos_reis_altura_do_no_146_e_assentamento_de_paralelepipedos_neste.pdf</t>
   </si>
   <si>
     <t>Realize instalação de lixeira na Rua Jordino Francisco dos Reis, altura do nº 146, e assentamento de paralelepípedo neste mesmo local, Bairro Bela Vista.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/255/indicacao_no_135_-_indica_ao_poder_executivo_e_a_secretaia_de_obras_urbanas_que_faca_a_continuacao_do_calcamento_da_rua_jose_gomes_sobinho_no_bairro_primavera.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/255/indicacao_no_135_-_indica_ao_poder_executivo_e_a_secretaia_de_obras_urbanas_que_faca_a_continuacao_do_calcamento_da_rua_jose_gomes_sobinho_no_bairro_primavera.pdf</t>
   </si>
   <si>
     <t>Indicação nº 135 - Indica ao Poder Executivo e a Secretaria de Obras Urbanas que faça a continuação do calçamento da Rua José Gomes Sobrinho no Bairro Primavera</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/256/indicacao_no_136_-_indica_ao_setor_de_obras_rurais_a_realizacao_de_servicos_de_melhoria_na_estrada_principal_do_bairro_rural_almas..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/256/indicacao_no_136_-_indica_ao_setor_de_obras_rurais_a_realizacao_de_servicos_de_melhoria_na_estrada_principal_do_bairro_rural_almas..pdf</t>
   </si>
   <si>
     <t>Indica ao setor de obras rurais a realização de serviços de melhoria na estrada principal do bairro rural Almas.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/257/indicacao_no_137_-_indica_ao_setor_responsavel_a_colocacao_de_postes_e_lampadas_na_estrada_velha_que_da_acesso_ao_bairro_fazendinha..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/257/indicacao_no_137_-_indica_ao_setor_responsavel_a_colocacao_de_postes_e_lampadas_na_estrada_velha_que_da_acesso_ao_bairro_fazendinha..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável a colocação de postes e lâmpadas na estrada velha, que dá acesso ao Bairro Fazendinha.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/258/indicacao_no_138_-_indica_ao_poder_executivo_e_a_secretaria_municipal_de_educacao_que_estude_a_possibilidade_de_disponibilizar_um_profissional_tecnico_em_enfermagem_para_atuar.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/258/indicacao_no_138_-_indica_ao_poder_executivo_e_a_secretaria_municipal_de_educacao_que_estude_a_possibilidade_de_disponibilizar_um_profissional_tecnico_em_enfermagem_para_atuar.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo e a Secretaria Municipal de Educação que estude a possibilidade de disponibilizar um profissional Técnico em Enfermagem para atuar na Creche Municipal Professora Vita Alves de Lima.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/259/indicacao_no_139_-_indica_ao_poder_executivo_e_a_secretaria_municipal_de_saude_que_faca_a_placa_indicativa_do_psf_rural_no_pronto_atendimento_municipal_dr._alcides_mosconi.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/259/indicacao_no_139_-_indica_ao_poder_executivo_e_a_secretaria_municipal_de_saude_que_faca_a_placa_indicativa_do_psf_rural_no_pronto_atendimento_municipal_dr._alcides_mosconi.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo e a Secretaria Municipal de Saúde que faça a placa indicativa do PSF Rural no Pronto Atendimento Municipal Dr. Alcides Mosconi.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/269/indicacao_no_140_-_indica_ao_setor_responsavel_a_colocacao_de_postes_lampadas_e_extensao_da_rede_eletrica_pela_totalidade_do_bairro_rural_cervo._-_copia.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/269/indicacao_no_140_-_indica_ao_setor_responsavel_a_colocacao_de_postes_lampadas_e_extensao_da_rede_eletrica_pela_totalidade_do_bairro_rural_cervo._-_copia.pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável a colocação de postes, lâmpadas e extensão da rede elétrica pela totalidade do Bairro Rural Cervo.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/270/indicacao_no_141_-_indica_ao_setor_respnsavel_que_faca_manutencao_no_calcamento_na_rua_bahia_nas_proximidades_do_no_184..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/270/indicacao_no_141_-_indica_ao_setor_respnsavel_que_faca_manutencao_no_calcamento_na_rua_bahia_nas_proximidades_do_no_184..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que faça manutenção no calçamento na rua Bahia nas proximidades do nº 184.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/271/indicacao_no_142_-_indica_ao_poder_executivo_e_a_secretaria_responsavel_que_faca_aceiro_na_terraplanagem_localizada_no_bairro_coutinhos..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/271/indicacao_no_142_-_indica_ao_poder_executivo_e_a_secretaria_responsavel_que_faca_aceiro_na_terraplanagem_localizada_no_bairro_coutinhos..pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo e a Secretaria responsável que faça aceiro na terraplanagem localizada no bairro Coutinhos.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/272/indicacao_no_143_-_indica_ao_setor_responsavel_que_providencie_envio_de_caminhao_pipa_a_estrada_de_saida_no_bairro_vila_marlene_proximo_a_igreja_santa_rita_sentido_cavas..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/272/indicacao_no_143_-_indica_ao_setor_responsavel_que_providencie_envio_de_caminhao_pipa_a_estrada_de_saida_no_bairro_vila_marlene_proximo_a_igreja_santa_rita_sentido_cavas..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que providencie envio de caminhão pipa à estrada de saída no Bairro Vila Marlene, próximo a Igreja Santa Rita, sentido Cavas.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/273/indicacao_no_144_-_indica_ao_setor_de_obras_rurais_o_envio_de_04_caminhoes_de_cascalho_a_estrada_do_bairro_grota_rica.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/273/indicacao_no_144_-_indica_ao_setor_de_obras_rurais_o_envio_de_04_caminhoes_de_cascalho_a_estrada_do_bairro_grota_rica.pdf</t>
   </si>
   <si>
     <t>Indica ao setor de obras rurais o envio de 04 caminhões de cascalho à estrada do bairro Grota Rica</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/274/indicacao_no_145_-_indica_ao_poder_executivo_e_a_secretaria_de_estradas_rurais_que_realizem_o_cascalhamento_na_estrada_do_bairro_coutinhos_sentido_a_residencia_do_sr._conheci.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/274/indicacao_no_145_-_indica_ao_poder_executivo_e_a_secretaria_de_estradas_rurais_que_realizem_o_cascalhamento_na_estrada_do_bairro_coutinhos_sentido_a_residencia_do_sr._conheci.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo e a Secretaria de Estradas Rurais que realizem o cascalhamento na estrada do Bairro Coutinhos, sentido a residência do Sr. conhecido como Shel</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/275/indicacao_no_146_-_indica_ao_setor_responsavel_que_reajuste_o_braco_do_poste_proximo_a_ponte_que_da_acesso_ao_bairro_santo_onofre..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/275/indicacao_no_146_-_indica_ao_setor_responsavel_que_reajuste_o_braco_do_poste_proximo_a_ponte_que_da_acesso_ao_bairro_santo_onofre..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que reajuste o braço do poste próximo a ponte que dá acesso ao Bairro Santo Onofre.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/276/indicacao_no_147_-_indica_ao_setor_responsavel_que_realize_servico_de_manutencao_na_rua_laura_de_barros_cobra_esquina_com_rua_jose_julio_moreira_saida_para_o_bairro_almas.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/276/indicacao_no_147_-_indica_ao_setor_responsavel_que_realize_servico_de_manutencao_na_rua_laura_de_barros_cobra_esquina_com_rua_jose_julio_moreira_saida_para_o_bairro_almas.pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que realize serviço de manutenção na Rua Laura de Barros Cobra, esquina com Rua José Júlio Moreira, saída para o Bairro Almas,</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/277/indicacao_no_148_-_indica_ao_setor_responsavel_que_faca_manutencao_na_estrada_no_bairro_lajinha..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/277/indicacao_no_148_-_indica_ao_setor_responsavel_que_faca_manutencao_na_estrada_no_bairro_lajinha..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que faça manutenção na estrada no Bairro Lajinha.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/278/indicacao_no_149_-_indica_ao_setor_responsavel_que_faca_manutencao_no_quebra-molas_localizado_proximo_a_residencia_da_sr._conhecida_como_tati.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/278/indicacao_no_149_-_indica_ao_setor_responsavel_que_faca_manutencao_no_quebra-molas_localizado_proximo_a_residencia_da_sr._conhecida_como_tati.pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que faça manutenção no quebra-molas localizado próximo à residência da Sr. conhecida como Tati</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/279/indicacao_no_150_-_indica_ao_setor_responsavel_que_faca_calcamento_em_frente_a_igreja_da_serra_do_barreiro..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/279/indicacao_no_150_-_indica_ao_setor_responsavel_que_faca_calcamento_em_frente_a_igreja_da_serra_do_barreiro..pdf</t>
   </si>
   <si>
     <t>Indicação nº 150 - Indica ao setor responsável que faça calçamento em frente à Igreja da Serra do Barreiro.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/306/indicacao_no_151_-_indica_ao_setor_responsavel_que_realize_servico_de_melhorias_na_rua_bias_fortes_esquina_com_a_rua_sao_jose_centro..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/306/indicacao_no_151_-_indica_ao_setor_responsavel_que_realize_servico_de_melhorias_na_rua_bias_fortes_esquina_com_a_rua_sao_jose_centro..pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que realize serviço de melhorias na Rua Bias Fortes, esquina com a Rua São José, Centro.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/307/indicacao_no_152_-_indica_ao_setor_responsavel_que_realize_substituicao_de_lixeira_localizada_na_encruzilhada_do_recanto_loyola_bairro_coutinhos_e_nova_programacao_do_servi.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/307/indicacao_no_152_-_indica_ao_setor_responsavel_que_realize_substituicao_de_lixeira_localizada_na_encruzilhada_do_recanto_loyola_bairro_coutinhos_e_nova_programacao_do_servi.pdf</t>
   </si>
   <si>
     <t>Indica ao setor responsável que realize substituição de lixeira, localizada na encruzilhada do Recanto Loyola, Bairro Coutinhos, e nova programação de serviço do caminhão municipal de coleta de lixo para este bairro, sendo às segundas e sextas-feiras.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/308/indicacao_no_153_-_indica_ao_poder_executivo_aquisicao_de_computador_para_uso_pedagogico_a_pedido_dos_professores_do_cemei_prof.a_vita_alves_de_lima..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/308/indicacao_no_153_-_indica_ao_poder_executivo_aquisicao_de_computador_para_uso_pedagogico_a_pedido_dos_professores_do_cemei_prof.a_vita_alves_de_lima..pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo aquisição de computador para uso pedagógico, a pedido dos professores do CEMEI Prof.(a) Vita Alves de Lima.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2757,51 +2757,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/262/projeto_legislativo_01_-_dispoe_sobre_a_publicidade_de_informacoes_relacionadas_as_emendas_parlamentares_que_destinam_recursos_ao_municipio_de_congonhal.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/263/projeto_legislativo_02_-_institui_o_dia_municipal_do_empreendedorismo_feminino_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/264/projeto_legislativo_03_-_institui_o_programa_de_prevencao_a_gravidez_precoce_no_ambito_do_municipio_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/265/projeto_legislativo_04_-_institui_a_semana_de_conscientizacao_sobre_o_autismo_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/266/projeto_legislativo_05_-_concede_a_revisao_geral_anual_dos_subsidios_dos_agentes_politicos_do_municipio_de_congonhal_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/267/projeto_legislativo_06_-_concede_a_revisao_geral_anual_da_remuneracao_dos_servidores_publicos_da_camara_municipal_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/280/projeto_legislativo_07_-_dispoe_sobre_a_instalacao_de_dispositivos_com_sinais_sonoros_adequados_para_alunos_com_transtorno_do_espectro_autista_-_tea.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/281/projeto_legislativo_08_-_dispoe_sobre_denominacao_de_praca_publica_localizada_no_bairro_rural_grota_rica_municipio_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/282/projeto_legislativo_09_-_denomina_ponto_de_apoio_de_esf_do_bairro_rural_de_sao_domingos_maria_lucia_sousa_moreira..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/305/projeto_legislativo_10_-_institui_a_semana_municipal_da_juventude_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/83/projeto_de_lei_02_-_autoriza_abertura_de_credito_adicional_suplementar_nas_dotacoes_do_orcamento_de_2023_no_valor_de_r_750.00000_ref_a_recursos_provenientes_do_superavit_financeiro_apurado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/85/projeto_de_lei_03_-_altera_e_revoga_dispositivos_da_lei_no_1.425_de_02_de_agosto_de_2017_que_autoriza_o_municipio_de_congonhal_a_celebrar_convenio_de_cooperacao.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/86/projeto_de_lei_04_-_altera_dispositivos_na_lei_1.180_de_22_de_maio_de_2006_que_regulamenta_o_horario_de_funcionamento_das_farmacias_e_estabelecimentos_congeneres_no_municipio_de_congonhal_1.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/87/projeto_de_lei_05_-_cria_o_fundo_municipal_dos_direitos_da_pessoa_idosa_do_municipio_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/88/projeto_de_lei_06_-_altera_lei_no_1.322_de_27_de_novembro_de_2012..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/89/projeto_de_lei_07_-_autoriza_a_abertura_de_credito_adicional_especial_referente_ao_recurso_proveniente_do_superavit_financeiro_apurado_no_exercicio_anterior_nas_dotacoes_do_orcamento_de_2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/90/projeto_de_lei_08_-_institui_o_banco_de_racao_e_utensilios_para_animais_do_municipio_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/91/projeto_de_lei_09_-_dispoe_sobre_a_politica_municipal_de_atendimento_aos_direitos_da_crianca_e_do_adolescente_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/84/projeto_de_lei_10_-_altera_e_revoga_dispositivos_da_lei_no_1.425_de_02_de_agosto_de_2017_que_autoriza_o_municipio_de_congonhal_a_celebrar_convenio_de_cooperacao_com_o_estado_de_minas_gerais_atr.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/93/projeto_de_lei_11_-_estabelece_as_diretrizes_gerais_para_a_elaboracao_do_orcamento_do_municipio_de_congonhal_para_o_exercicio_de_2024_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/94/projeto_de_lei_12_-_autoriza_a_abertura_de_credito_adicional_especial_referente_ao_recurso_proveniente_do_superavit_financeiro_apurado_no_exercicio_anterior_nas_dotacoes_do_orcamento_de_2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/95/projeto_de_lei_13_-_autoriza_a_abertura_de_credito_adicional_especial_referente_ao_recurso_proveniente_de_anulacao_parcial_de_dotacoes_bem_como_inclui_no_plano_plurianu.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/96/projeto_de_lei_14_-_autoriza_abertura_de_credito_adicional_especial_ref._ao_recurso_proveniente.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/97/projeto_de_lei_15_-_regulamenta_o_sistema_viario_municipal__a_faixa_de_dominio_e_das_pistas_das_estradas_rurais_municipais_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/98/projeto_de_lei_16_-_autoriza_abertura_de_credito_adicional_especial_ref_ao_recurso_proveniente_do_superavit_financeiro_apurado_no_exercicio_anterior_nas_dotacoes_do_orcamento_de_2023_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/99/projeto_de_lei_17_-_dispoe_sobre_autorizacao_ao_poder_executivo_municipal_para_firmar_termo_de_parceria_destinado_a.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/100/projeto_de_lei_18_-_autoriza_a_abertura_de_credito_adicional_suplementar_ref._ao_recurso_proveniente_do_superavit.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/101/projeto_de_lei_19_-_altera_o_plano_plurianual_2022_a_2025_a_lei_de_diretrizes_orcamentarias_para_2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/102/projeto_de_lei_20_-_autoriza_a_abertura_de_credito_adicional_suplementar_ref._ao_recurso_proveniente_do_superavit.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/104/projeto_de_lei_21_-_institui_o_programa_de_adocao_de_pracas_publicas_parques_jardins_areas_verdes_e_espacos_municipais_de_esportes_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/254/projeto_de_lei_22_-_autoriza_abertura_de_credito_adicional_suplementar_por_anulacao_de_recurso_para_suplementacao_nas_despesas_com_pessoal_pasep_e_obrigacoes_patronais_do_municipio_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/261/projeto_de_lei_23_-_autoriza_a_abertura_de_credito_adicional_especial_ref_ao_recurso_proveniente_de_anulacao_parcial.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/283/projeto_de_lei_24_-_autoriza_abertura_de_credito_adicional_suplementar_referente_anulacao_parcial_ou_total_nas_dotacoes_do_orcamento_de_2023_no_municipio_de_congonhal.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/284/projeto_de_lei_25_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_do_superavit_financeiro_apurado_no_exercicio_anterior_nas_dotacoes_do_orcamento_de_2023..pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/285/projeto_de_lei_26_-_autoriza_abertura_de_credito_adicional_suplementar_ref._anulacao_parcial_ou_total_de_dotacoes_e_superavit.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/286/projeto_de_lei_27_-_autoriza_abertura_de_credito_adicional_suplementar_nas_dotacoes_do_orcamento_de_2023_no_valor_de_r_600.00000.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/287/projeto_de_lei_28_-_autoriza_abertura_de_credito_adicional_suplementar_ref_a_anulacao_parcial_ou_total_nas_dotacoes_do_orcamento_de_2023_no_municipio_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/288/projeto_de_lei_29_-_autoriza_o_poder_executivo_municipal_a_firmar_convenio_com_a_comunidade_do_bom_pastor_para_os_fins_que_menciona_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/289/projeto_de_lei_30_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_tendencia_a_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/290/projeto_de_lei_31_-_autoriza_o_poder_executivo_a_repassar_assistencia_financeira_complementar_da_uniao_destinada_ao_cumprimento_do_piso_salarial_nacional_dos_profissionais_enfermeiros_enfermeiros.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/291/projeto_de_lei_32_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_congonhal_para_o_exercicio_de_2024..pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/292/projeto_de_lei_33_-_dispoe_sobre_demarcacao_e_ampliacao_do_perimetro_urbano_nos_termos_do_art._42-b_da_lei_federal_10.257-2001.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/293/projeto_de_lei_34_-_disciplina_a_participacao_do_municipio_de_congonhal_em_consorcio_publico_dispensa_a_ratificacao_do_protocolo_de_intencoes_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/294/projeto_de_lei_35_-_institui_o_programa_congonhal_em_progresso_que_dispoe_de_incentivos_fiscais_e_estimulos_economicos_no_municipio_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/295/projeto_de_lei_36_-_cria_o_conselho_municipal_de_desenvolvimento_economico_e_social_de_congonhal-_comdesc_e_institui_o_fundo_municipal_de_desenvolvimento_economico_fmde.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/296/projeto_de_lei_37_-_institui_no_municipio_de_congonhal_o_programa_prata_da_casa_que_autoriza_o_municipio.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/297/projeto_de_lei_38_-_autoriza_o_poder_executivo_adquirir_brindes_para_distribuicao_no_desfile_de_carreiro_e_desfile_de_cavaleiros_e_amazonas_no_municipio_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/298/projeto_de_lei_39_-_autoriza_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_de_tendencia_a_excesso_de_arrecadacao_nas_dotacoes.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/299/projeto_de_lei_40_-_cria_o_fundo_municipal_de_saneamento_basico_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/300/projeto_de_lei_41_-_altera_a_lei_ordinaria_1.505_de_2021_que_dispoe_sobre_o_conselho_municipal_de_defesa_e_conservacao_do_meio_ambiente_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/301/projeto_de_lei_42_-_institui_no_ambito_do_municipio_de_congonhal_o_plano_municipal_de_saneamento_basico_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/302/projeto_de_lei_43_-_autoriza_abertura_de_credito_adicional_suplementar_ref_a_anulacao_parcial_ou_total_nas_dotacoes_do_orcamento_de_2023_no_municipio_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/303/projeto_de_lei_44_-_autoriza_a_cessao_de_servidor_publico_efetivo_com_onus_ao_poder_legislativo_municipal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/304/projeto_de_lei_45_-_dispoe_sobre_o_sistema_municipal_de_cultura_do_municipio_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/324/projeto_de_lei_46_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_excesso_de_arrecadacao_na_fonte_de_trasnferenci.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/325/projeto_de_lei_47_-_autoriza_abertura_de_credito_adicional_suplementar_referente_anulacao_parcial_ou_total_nas_dotacoes_do_orcamento_de_2023_no_municipio_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/326/projeto_de_lei_48_-_autoriza_abertura_de_credito_adicional_suplementar_por_superavit_financeiro_nas.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/327/projeto_de_lei_49_-_autoriza_a_abertura_de_credito_adicional_suplementar_referente_a_anulacao_parcial_ou_total_de_dotacoes_nas_dotacoes_de_folha_de_pagamento_e_obrigacoes_patronais_do_orcamento_de.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/328/pr9ef81.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/329/pr16571.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/92/projeto_de_lei_complementar_1_-_autoriza_o_poder_executivo_municipal_a_conceder_o_uso_do_imovel_municipal_com_posterior_doacao_mediante_encargo_e_cumprimento_dos_requisitos_exigidos_nesta_lei_pa.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/103/projeto_de_lei_complementar_02_-_cria_o_fundo_municipal_de_esportes_-_fme_no_municipio_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/268/projeto_de_lei_complementar_03_-_dispoe_sobre_o_reajuste_no_quadro_de_carreira_do_magisterio_municipal_conforme_a_lei_complementar_no_1.2592009.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/253/requerimento_no_01_-_requer_disponibilizacao_a_esta_camara_municipal_dos_resultados_de_todas_as_analises_de_aguas_realizadas_em_nosso_municipio_a_partir_de_janeiro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/251/requerimento_no_03_-_requer_copia_dos_mapas_de_atendimentos_diarios_dos_medicos_que_atendem_na_ubs_prefeito_homero_domingues_simoes_referente_o_mes_de_fevereiro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/250/requerimento_no_04_-_requer_copia_dos_mapas_de_atendimentos_diarios_dos_medicos_especialistas_que_atendem_no_centro_de_especialidades_medicas_e_multiprofissionais_cem-_telm.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/249/requerimento_no_05_-_requer_do_sr._egonn_hendrigo_carvalho_gerente_da_companhia_de_saneamento_de_minas_gerais_copasa_sistema_congonhal_disponibilizacao_e_execucao_de_pr.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/248/requerimento_no_06_-_requer_parecer_do_departamento_juridico_do_municipio_de_congonhal_referente_a_base_de_calculo_para_pagamento_da_insalubridade_dos_agentes_comunitario.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/247/requerimento_no_07_-_requer_do_poder_executivo_municipal_informacao_sobre_a_existencia_de_emenda_parlamentar_verba_destinada_a_ong_caogonhal..pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/246/requerimento_no_09_-_requer_do_departamento_responsavel_disponibilizacao_de_informacao_dos_valores_gastos_mensalmente_pela_prefeitura_municipal_de_congonhal_relacionadas.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/245/requerimento_no_10_-_requer_disponibilizacao_a_esta_camara_municipal_pela_emater_das_informacoes_referente_ao_envio_das_sacas_de_semente_de_feijao_fruto_de_emenda_parla.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/244/requerimento_no_11_-_requer_copia_do_contrato_de_trabalho_do_sr._joanderson_fernandes_de_melo_e_informacoes_das_funcoes_dias_e_mes_que_o_mesmo_atendeu_no_municipio..pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/243/requerimento_no_12_-_requer_informacoes_sobre_servico_de_atendimento_de_suporte_medico_horizontal_a_distancia_com_atendimento_24h_-_7_dias_por_semana_prestado_pela_empres.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/242/requerimento_no_13_-_requeiro_prestacao_de_contas_referente_aos_pagamentos_feitos_com_o_repasse_fundeb.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/241/requerimento_no_14_-_requer_do_departamento_responsavel_em_nome_da_servidorea_municipal_sra._nilza_de_cassia_morais_auxiliar_de_servicos_escolares.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/240/requerimento_no_15_-_requer_copia_completa_dos_processos_licitatorios_nos_054-2021__0135-2021_pregao_no_040-2021_e_0056-2021_processo_no_0137-2021_pregao_0041-2021..pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/239/requerimento_no_16_-_requeiro_pagamento_da_insalubridade_dos_agentes_de_endemias_e_agentes_de_saude_sobre_o_salario_base..pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/106/indicacao_no_002_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_celso_bernardes_de_souza.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/107/indicacao_no_003_-_indica_ao_setor_responsavel_que_solicite_manutencao_do_calcamento_da_rua_bias_fortes_proximo_ao_supermercado_maneco..pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/108/indicacao_no_004_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_governador_milton_campos..pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/109/indicacao_no_005_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_simao_pedro_de_toledo_bairro_primavera_iii_e_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/110/indicacao_no_006_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_e_manutencao_das_ruas_do_bairro_santa_edwirges_e_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/111/indicacao_no_007_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_vice_prefeito_jose_dos_reis..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/112/indicacao_no_008_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_pedro_inacio_franco_bairro_vila_marlene..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/113/indicacao_no_009_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_antonio_vital_de_morais_bairro_vila_marlene..pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/114/indicacao_no_010_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_olvao_custodio_de_oliveira_bairro_jardim_planalto..pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/115/indicacao_no_011_-_indica_ao_setor_responsavel_que_solicite_a_troca_das_manilhas_de_aguas_pluviais_no_bairro_malheiros_proximo_a_residencia_do_sr._milton_ferreira..pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/116/indicacao_no_012_-_indica_ao_setor_responsavel_que_solicite_limpeza_e_manutencao_do_calcamento_da_rua_jordino_francisco_dos_reis_bairro_bela_vista..pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/117/indicacao_no_013_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_jose_ribeiro_coutinho_bairro_primavera_iii..pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/118/indicacao_no_014_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_sergipe..pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/119/indicacao_no_015_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_sao_paulo_bairro_santa_eliza..pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/120/indicacao_no_016_-_indica_ao_setor_responsa_vel_que_solicite_a_limpeza_da_rua_americo_mariano_da_silva_bairro_primavera_i..pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/121/indicacao_no_017_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_cesario_alvim_travessa_com_a_rua_maria_benedita_de_sousa..pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/122/indicacao_no_018_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_professora_maria_jose_alvarenga_silva_alves..pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/123/indicacao_no_019_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_benedito_leopoldino_de_souza_bairro_vila_marlene..pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/124/indicacao_no_020_-_indica_ao_setor_responsavel_que_notifique_proprietario_de_lote_urbano_para_providencias..pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/125/indicacao_no_021_-_indica_ao_setor_responsavel_que_notifique_proprietario_de_lote_urbano_para_providencias..pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/126/indicacao_no_022_-_indica_ao_poder_executivo_e_aos_responsaveis_pelas_estradas_rurais_que_facam_a_manutencao_necessaria_na_estrada_mestre_do_bairro_coutinhos_bem_como_em_dois.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/127/indicacao_no_023_-_indica_ao_setor_responsavel_que_solicite_limpeza_e_servicos_de_tapa_buracos_da_rua_joao_candido_pimentel_bairro_bela_vista..pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/128/indicacao_no_024_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_e_retirada_de_entulho_em_diversas_ruas_do_bairro_novo_horizonte..pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/129/indicacao_no_025_-_indica_ao_setor_responsavel_que_solicite_sejam_colocadas_lampadas_de_led_na_rua_monsenhor_jose_paulino..pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/130/indicacao_no_026_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_e_manutencao_da_rua_bahia_do_bairro_monte_rey..pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/131/indicacao_no_027_-_indica_ao_setor_responsavel_que_solicite_manutencao_na_estrada_mestre_do_bairro_migueis_sentido_granja..pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/132/indicacao_no_028_-_indica_ao_setor_responsavel_a_construcao_de_um_ponto_de_onibus_as_margens_da_br_459_proximo_ao_restaurante_barraca_do_rubens..pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/133/indicacao_no_029_-_indica_ao_poder_executivo_municipal_que_reajuste_o_vale_alimentacao_instituido_pela_lei_municipal_no_1.239_2009_aos_servidores_publicos_municipais..pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/134/indicacao_no_030_-_indica_ao_setor_responsavel_que_realize_manutencao_na_estrada_mestre_do_bairro_taiobas_proximo_ao_pesqueiro_canaa..pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/135/indicacao_no_031_-_indica_ao_setor_responsavel_que_realize_servico_de_manutencao_na_rua_jose_inacio_franco_altura_do_no_58_bairro_bela_vista..pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/136/indicacao_no_032_-_indica_ao_setor_responsavel_que_realize_servico_de_melhoria_manutencao_na_rua_silvestre_dos_reis_em_frente_ao_no_109_bairro_saude..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/137/indicacao_no_033_-_indica_ao_setor_responsavel_que_faca_manutencao_necessaria_na_estrada_de_acesso_a_terraplanagem_no_bairro_dos_coutinhos..pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/138/indicacao_no_034_-_indica_ao_setor_de_obras_rurais_a_realizacao_de_operacao_tapa_buracos_na_estrada_principal_do_bairro_grota_rica..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/139/indicacao_no_035_-_indica_ao_setor_de_obras_rurais_a_realizacao_de_operacao_tapa_buracos_na_estrada_principal_do_bairro_almas..pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/140/indicacao_no_036_-_indica_ao_setor_de_obras_rurais_a_realizacao_de_operacao_tapa_buracos_na_estrada_principal_do_bairro_cervo..pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/141/indicacao_no_037_-_indica_ao_setor_de_obras_tapa_buracos_na_estrada_principal_do_bairro_taiobas..pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/143/indicacao_no_038_-_indica_ao_setor_de_obras_rurais_a_realizacao_de_operacao_tapa_buracos_na_estrada_principal_do_bairro_cavas..pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/142/indicacao_no_039_-_indica_ao_setor_responsavel_a_disponibilizacao_de_maquina_patrol_e_outros_veiculos_publicos_para_os_servicos_pertinentes_no_municipio_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/144/indicacao_no_040_-_indica_ao_setor_responsavel_que_faca.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/145/indicacao_no_041_-_indica_ao_setor_responsavel_que_faca_manutencao_na_estrada_do_bairro_campestre_a_pedido_do_sr._gilberto_novelli..pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/146/indicacao_no_042_-_indica_ao_setor_responsavel_extensao_da_rede_eletrica_instalacao_de_lampadas_para_iluminacao_publica_e_melhorias_nas_condicoes_dos_transformadores_no_bair.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/147/indicacao_no_043_-_indica_ao_setor_responsavel_que_realize_servico_de_melhoria_manutencao_na_estrada_do_bairro_das_contas_proximidades_a_propriedade_da_sra._dalva_sr._adilso.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/148/indicacao_no_044_-_indica_ao_seto_responsavel_que_realize_notificacao_do_proprietario_do_lote_situado_a_rua_jose_ribeiro_coutinho_ao_lado_do_no_267_bairro_primavera_iii_par.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/149/indicacao_no_045_-_indica_ao_setor_responsavel_que_realize_manutencao_no_calcamento_e_instalacao_de_placa_de_sinalizacao_na_rua_geraldo_jonas_souza_bairro_primavera..pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/150/indicacao_no_046_-_indica_ao_setor_responsavel_que_realize_manutencao_na_estrada_mestre_do_bairro_macacos_altura_da_encruzilhada_proxima_a_propriedade_do_sr._jairo..pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/151/indicacao_no_047_-_indica_ao_setor_responsavel_que_realize_servico_de_melhoria_manutencao_na_avenida_mario_silveira_em_frente_ao_no_1.058_bairro_santa_elisa..pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/152/indicacao_no_048_-_indica_ao_setor_responsavel_que_realize_rocagem_do_mato_e_limpeza_as_margens_da_br_459_proximidades_da_pizzaria_jk..pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/153/indicacao_no_049_-_indica_ao_setor_responsavel_que_realize_limpeza_na_rua_geraldo_jonas_souza_bairro_primavera..pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/154/indicacao_no_050_-_indica_ao_setor_responsavel_que_realize_a_manutencao_da_estrada_do_bairro_da_mata_proximidade_da_casa_do_sr._jose_mauro_genro_do_senhro_conhecido_como_ger.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/155/indicacao_no_051_-_indica_ao_poder_executivo_e_aos_responsaveis_pelas_estradas_rurais_que_facam_a_manutencao_necessaria_na_estrada_do_bairro_macacos_sentido_a_residencia_da_s.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/156/indicacao_no_052_-_indica_ao_poder_executivo_a_implementacao_de_cruso_pre_vestibular_enem_para_os_jovens_do_nosso_municipio..pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/157/indicacao_no_053_-_indica_ao_poder_executivo_o_reajuste_dos_vencimentos_dos_profissionais_da_educacao_municipal_de_acordo_com_o_piso_salarial_estabelecido_em_lei_federal..pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/158/indicacao_no_054_-_indica_ao_setor_responsavel_que_realize_limpeza_na_rua_jose_inacio_de_souza_travessa_da_avenida_prefeito_mario_silveira..pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/159/indicacao_no_055_-_indica_ao_setor_responsavel_que_realize_obras_de_melhorias_no_calcamento_da_rua_jose_gomes_sobrinho_altura_do_no_333_bairro_primavera..pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/160/indicacao_no_056_-_indica_ao_setor_responsavel_que_realize_limpeza_na_rua_americo_mariano_da_silva_altura_do_no_280_bairro_primavera..pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/161/indicacao_no_057_-_indica_ao_setor_responsavel_que_realize_obras_para_contencao_de_enchentes_na_rua_pulcheria_de_paiva_pinto_proximo_ao_poliesportivo_municipal..pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/162/indicacao_no_058_-_indica_ao_setor_responsavel_que_realize_manutencao_na_estrada_rural_do_bairro_almas_proximo_a_propriedade_do_sr._paulo_lucio_dos_santos..pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/163/indicacao_no_059_-_indica_ao_setor_responsavel_que_realize_a_retirada_de_entulho_localizado_na_rua_professora_lazara_souza_e_silva_bairro_monte_rey..pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/164/indicacao_no_060_-_indica_ao_setor_responsavel_que_realize_manutencao_na_estrada_rural_do_bairro_almas_proximo_ao_estabelecimento_comercial_do_sr._leandro..pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/165/indicacao_no_061_-_indica_ao_poder_executivo_que_realize_o_pagamento_do_piso_da_enfermagem_aos_profissionais_municipais_que_atuam_nessa_area..pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/166/indicacao_no_062_-_indica_ao_setor_responsavel_que_de_continuidade_na_instalacao_de_manilhas_na_rede_que_liga_o_escoamento_das_aguas_fluviais_da_rua_senador_jose_bento_bairro.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/167/indicacao_no_063_-_indica_ao_setor_responsavel_que_faca_a_poda_de_arvores_localizada_na_rua_senador_jose_bento_bairro_santo_onofre..pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/168/indicacao_no_064_-_indica_ao_setor_responsavel_que_faca_limpeza_da_boca_de_lobo_na_rua_senador_jose_bento_bairro_santo_onofre..pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/169/indicacao_no_065_-_indica_ao_setor_responsavel_que_faca_instalacao_das_placas_com_nomes_das_ruas_no_bairro_santo_onofre..pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/170/indicacao_no_066_-_indica_ao_poder_executivo_e_a_secretaria_municipal_de_educacao_que_coloque_o_nome_na_parte_externa_na_escola_municipal_pref._joaquim_inacio_franco_bem_como.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/171/indicacao_no_067_-_indica_ao_setor_responsavel_que_realize_manutencao_na_estrada_rural_apos_o_pesqueiro_do_sr._ze_vieirinha_as_margens_do_rio_cervo_a_pedido_da_sra._tatiane.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/172/indicacao_no_068_-_indica_ao_setor_responsavel_que_realize_manutencao_na_ponte_de_acesso_ao_bairro_campestre..pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/173/indicacao_no_069_-_indica_ao_setor_responsavel_a_instalacao_de_placa_de_denominacao_de_logradouro_publico_na_rua_professora_lazara_souza_e_silva_esquina_com_a_avenida_prefeit.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/174/indicacao_no_070_-_indica_aos_etor_responsavel_que_realize_servico_de_manutencao_na_rua_coronel_evaristo_valdetario_e_silva_altura_do_no_833_bairro_jardim_planalto..pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/175/indicacao_no_071_-_indica_ao_setor_responsavel_que_realize_limpeza_na_rua_alagoas_bairro_novo_horizonte..pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/176/indicacao_no_072_-_indica_ao_setor_responsavel_que_realize_limpeza_na_rua_paraiba_bairro_novo_horizonte..pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/177/indicacao_no_073_-_indica_ao_setor_responsavel_que_realize_a_limpeza_na_rua_pernambuco_bairro_novo_horizonte..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/178/indicacao_no_074_-_indica_ao_setor_responsavel_que_realize_manutencao_em_ponte_localizada_no_bairro_dos_migueis_sentido_ao_imovel_do_sr._paulo_sergio..pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/179/indicacao_no_075_-_indica_ao_setor_responsavel_a_instalacao_de_placas_de_sinalizacao_proibindo_o_estacionamento_de_qualquer_especie_de_veiculo_as_margens_da_br_459_em_todo_o.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/180/indicacao_no_076_-_indica_ao_setor_responsavel_que_realize_limpeza_na_boca_de_manilha_as_margens_da_br_459_no_ribeirao_proximo_ao_conclub_a_pedido_do_sr._renato_nazareno..pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/181/indicacao_no_077_-_indica_ao_setor_responsavel_que_realize_troca_de_lampadas_queimadas_no_perimetro_urbano_as_margens_da_br_459..pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/182/indicacao_no_078_-_indica_ao_setor_responsavel_que_realize_manutencao_na_cabeca_da_ponte_no_bairro_rural_macacos_proximo_a_residencia_do_sr._jose_wilson_gomes.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/183/indicacao_no_079_-_indica_ao_setor_responsavel_que_realize_limpeza_em_manilhas_ou_se_necessario_for_substituir_por_manilhas_mais_grossas_localizado_no_bairro_quintilhanos_pr.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/184/indicacao_no_080_-_indica_ao_setor_responsavel_que_realize_cascalhamento_e_manutencao_necessaria_no_morro_proximo_ao_pesqueiro_ze_vieirinha_a_pedido_da_sra._ana_paula_xavier..pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/185/indicacao_no_081_-_indica_ao_setor_responsavel_que_realize_a_manutencao_e_patrolamento_das_estradas_rurais_nos_bairros_barreirinhos_quintilhanos_e_malheiros_saindo_ate_as_mar.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/186/indicacao_no_082_-_indica_ao_setor_responsavel_que_faca_as_trocas_das_lampadas_dos_refletores_do_campo_de_futebol_municipal_prefeito_gerson_da_silva_por_lampadas_de_led..pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/187/indicacao_no_083_-_indica_ao_setor_responsavel_que_faca_manutencao_nas_cestas_de_basquete_do_ginasio_da_escola_municipal_joao_lucio_dos_santos..pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/188/indicacao_no_084_-_indica_ao_setor_responsavel_que_faca_manutencao_no_calcamento_na_rua_joao_candido_pimentel_paralela_com_rua_jordino_dos_reis_bairro_bela_vista..pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/189/indicacao_no_085_-_indica_ao_setor_responsavel_que_realize_servico_de_manutencao_no_calcamento_da_rua_jordino_reis_bairro_bela_vista_a_pedido_do_sr._felipe_martins..pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/190/indicacao_no_086_-_indica_ao_setor_responsavel_que_realize_rocagem_do_mato_e_limpeza_no_ponto_de_onibus_as_margens_da_br_459_em_frente_ao_bairro_santa_edwirges.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/191/indicacao_no_087_-_indica_ao_setor_responsavel_que_realize_manutencao_em_morro_na_estrada_do_bairro_rural_taiobas_sentido_bairro_cervo_nas_proximidades_de_sua_ponte_de_madei.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/192/indicacao_no_088_-_indica_ao_setor_responsavel_que_realize_a_aquisicao_de_material_e_jogos_pedagogicos_para_o_cemei_professora_vita_alves_de_lima.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/193/indicacao_no_089_-_indica_ao_poder_executivo_e_o_setor_responsavel_que_faca_manutencao_nas_pedras_do_calcamento_na_rua_joao_pereira_lopes..pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/194/indicacao_no_090_-_indica_ao_poder_executivo_e_o_setor_responsavel_que_faca_as_trocas_das_lampadas_dos_postes_na_rua_vereador_doraci_bernardes_de_souza_nas_proximidades_do_no.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/195/indicacao_no_091_-_indica_ao_poder_executivo_e_a_secretaria_municipal_de_educacao_que_coloque_cameras_de_seguanca_nos_portoes_da_pre_escola_municipal_joaquim_inacio_franco.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/196/indicacao_no_092_-_indica_ao_poder_executivo_e_a_secretaria_municipal_de_estradas_rurais_que_faca_a_manutencao_na_estrada_no_bairro_coutinhos_sentido_a_residencia_do_sr._conh.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/197/indicacao_no_093_-_indica_ao_setor_responsavel_a_instalacao_de_placas_de_denominacao_de_logradouro_publico_nas_esquinas_das_ruas_com_a_avenida_prefeito_mario_silveira..pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/198/indicacao_no_094_-_indica_ao_setor_de_obras_urbanas_atraves_do_responsavel_pela_sinalizacao_de_transito_que_realize_um_estudo_tecnico_para_averiguacao_quanto_a_possibilidade.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/199/indicacao_no_095_-_indica_ao_poder_executivo_que_seja_contratado_vigilantes_ou_guardas_municipais_para_seguranca_nas_entradas_das_escolas_municipais_do_nosso_municipio..pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/200/indicacao_no_096_-_indica_ao_setor_responsavel_que_realize_obra_de_melhoria_manutencao_na_estrada_rural_de_acesso_a_propriedade_do_sr._mauri_cirino_bairro_barreirinhos..pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/201/indicacao_no_097_-_indica_a_diretoria_de_esportes_municipal_averiguacao_quanto_a_possibilidade_a_oferta_de_lanche_com_frutas_e_sucos_as_criancas_no_local_apos_os_treinos_d.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/202/indicacao_no_098_-_indica_ao_setor_responsavel_que_realize_rocagem_de_mato_e_limpeza_da_estrada_do_bairro_rural_coutinhos..pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/203/indicacao_no_099_-_indica_ao_poder_executivo_e_o_setor_responsavel_que_faca_manutencao_em_frente_a_chacara_da_sra._judite_e_sr._geraldo_bairro_das_almas..pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/204/indicacao_no_100_-_indica_ao_poder_executivo_e_a_secretria_municipal_de_educacao_que_reforce_a_seguranca_nas_laterais_da_creche_municipal_cemei_professora_vita_alves_de_lima.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/205/indicacao_no_101_-_indica_ao_setor_responsavel_que_realize_iluminacao_da_praca_localizada_na_rua_jordino_francisco_dos_reis_bairro_bela_vista..pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/206/indicacao_no_102_-_indica_ao_setor_responsavel_que_realize_obra_de_melhoria_manutencao_na_estrada_rural_da_roseiras_entido_propriedade_do_sr._jose_roberto_rezende_bairro_mar.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/207/indicacao_no_103_-_indica_ao_setor_responsavel_que_realize_estudo_sobre_a_viabilidade_de_oferecer_cursos_de_libras_para_os_professores_da_rede_publica_municipal_de_ensino..pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/208/indicacao_no_104_-_indica_ao_setor_responsavel_que_realize_servico_de_melhoria_na_estrada_que_sobe_para_o_bairro_da_conceicao_sentido_sr._benedito_balbino..pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/209/indicacao_no_105_-_indica_ao_setor_responsavel_que_realize_servico_de_melhoria_manutencao_limpeza_na_estrada_lateral_a_br_459_saindo_do_bairro_santa_edwirges_ate_a_entrada_d.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/210/indicacao_no_106_-_indica_ao_setor_responsavel_que_realize_servico_de_manutencao_na_rua_rio_grande_do_sul_bairro_santa_eliza..pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/211/indicacao_no_107_-_indica_ao_poder_executivo_e_ao_setor_responsavel_pelas_estradas_rurais_que_faca_cascalhamento_da_estrada_de_acesso_a_terraplanagem_localizado_no_bairro_cou.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/212/indicacao_no_108_-_indica_ao_poder_executivo_e_o_setor_responsavel_a_necessidade_de_construcao_de_meio_fio_na_esquina_da_rua_cesario_alvim_com_a_rua_maria_benedita_de_souza_o.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/213/indicacao_no_109_-_indica_ao_poder_executivo_e_o_setor_responsavel_que_faca_troca_de_manilhas_por_manilhas_grossas_localizada_na_estrada_do_bairro_da_lajinha..pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/214/indicacao_no_110_-_indica_ao_poder_executivo_e_o_setor_responsavel_que_faca_manutencao_na_rua_bias_fortes_poximo_ao_supermercado_do_melado..pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/215/indicacao_no_111_-_indica_ao_setor_responsavel_que_realize_cosntrucao_de_ponto_de_onibus_em_encruzilhada_especifica_no_bairro_rural_almas_a_pedido_de_alunos..pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/216/indicacao_no_112_-_indica_a_secretaria_de_educacao_e_a_diretoria_de_cultura_municipal_averiguacao_quanto_possibilidade_de_criacao_de_uma_oficina_de_teatro_para_as_criancas.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/217/indicacao_no_113_-_indica_ao_setor_responsavel_que_realize_limpez_retirada_de_entulho_nas_ruas_do_bairro_santo_onofre..pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/218/indicacao_no_114_-_indica_ao_poder_executivo_e_a_secretaria_de_estradas_rurais_que_faca_um_ponto_com_cobertura_para_alunos_estudantes_da_rede_municipal_no_bairro_macacos_prox.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/219/indicacao_no_115_-_indica_ao_setor_responsavel_que_realiza_obra_de_melhoria_manutencao_na_estrada_rural_do_bairro_guidos_a_pedido_de_moradores..pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/220/indicacao_no_116_-_indica_ao_setor_responsavel_que_realize_obra_de_melhoria_manutencao_nas_cabecas_da_ponte_sobre_o_rio_cervo_no_bairro_guidos_a_pedido_de_moradores..pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/221/indicacao_no_117_-_indica_ao_setor_responsavel_que_realize_pintura_das_faixas_de_pedestres_em_toda_a_zona_urbana_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/222/indicacao_no_118_-_indica_ao_setor_responsavel_a_colocacao_de_postes_de_iluminacao_publica_em_praca_localizada_no_bairro_bela_vista..pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/223/indicacao_no_119_-_indica_ao_setor_responsavel_que_realize_servico_de_manutencao_no_calcamento_da_rua_jordino_francisco_reis_bairro_bela_vista_a_pedido_dos_moradores_circunv.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/224/indicacao_no_120_-_indica_ao_setor_responsavel_que_faca_as_trocas_das_lampadas_que_estao_queimadas_proximo_a_ponte_do_rio_cervo_na_estrada_que_da_acesso_ao_bairro_sao_domingos.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/225/indicacao_no_121_-_indica_ao_poder_executivo_e_a_secretaria_educacao_que_faca_a_cobertura_metalica_entre_as_novas_salas_de_aula_e_o_refeitorio_do_cemei_professora_vita_alves_d.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/226/indicacao_no_122_-_indica_ao_poder_executivo_municipal_manutencao_na_estrada_do_bairro_terra_preta..pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/227/indicacao_no_123_-_indica_ao_setor_responsavel_que_realize_obra_de_melhoria_manutencao_cascalhamento_na_estrada_rural_proximo_ao_pesqueiro_ze_vieirinha_subindo_a_serra_a_p.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/228/indicacao_no_124_-_indica_ao_setor_responsavel_que_realize_obra_para_termino_de_quadra_espotiva_localizada_na_avenida_tuany_toledo_no_bairro_primavera..pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/229/indicacao_no_125_-_indica_ao_poder_executivo_e_a_secretaria_municipal_de_educacao_que_coloque_protecao_nos_vidros_dos_bercarios_do_cemei_professora_vita_alves_de_lima..pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/230/indicacao_no_126_-_indica_ao_setor_responsavel_e_a_secretaria_de_educacao_compra_de_capas_de_chuva__para_as_auxiliares_de_servicos_escolares_do_cemei..pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/231/indicacao_no_127_-_indica_ao_setor_responsavel_extensao_da_rede_eletrica_com_inicio_na_casa_de_morada_do_sr._altair_alcancando_a_casa_de_morada_do_sr._romeu_do_milton_no_ba.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/232/indicacao_no_128_-_indica_ao_setor_responsavel_a_substituicao_dos_transformadores_de_15_kva_para_de_375_kva_nas_proximidades_da_casa_de_morada_do_pastor_marcos_e_proximidad.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/233/indicacao_no_129_-_indica_ao_setor_respinsa_vel_que_faca_a_manutencao_na_estrada_da_serra_do_barreiro..pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/234/indicacao_no_130_-_indica_ao_setor_responsavel_que_faca_a_manutencao_na_estrada_do_bairro_da_mata..pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/235/indicacao_no_131_-_indica_ao_poder_executivo_e_a_secretaria_de_obras_urbanas_que_faca_a_manutencao_na_rua_castelo_branco_proximo_ao_numero_510_loja_casa_do_campo..pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/236/indicacao_no_132_-_indica_ao_setor_responsavel_que_contacte_cemig_para_realizacao_de_poda_de_arvores_e_instalacao_de_postes_e_lampadas_em_local_especifico_no_bairro_grota_ri.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/237/indicacao_no_133_-_indica_ao_setor_responsavel_que_contacte_a_cemig_para_realizacao_de_servico_para_melhoria_de_luminosidade_proximo_ao_ponto_de_onibus_da_br_459_bairro_cou.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/238/indicacao_no_134_-_indica_ao_setor_responsavel_que_realize_instalacao_de_lixeira_na_rua_jordino_francisco_dos_reis_altura_do_no_146_e_assentamento_de_paralelepipedos_neste.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/255/indicacao_no_135_-_indica_ao_poder_executivo_e_a_secretaia_de_obras_urbanas_que_faca_a_continuacao_do_calcamento_da_rua_jose_gomes_sobinho_no_bairro_primavera.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/256/indicacao_no_136_-_indica_ao_setor_de_obras_rurais_a_realizacao_de_servicos_de_melhoria_na_estrada_principal_do_bairro_rural_almas..pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/257/indicacao_no_137_-_indica_ao_setor_responsavel_a_colocacao_de_postes_e_lampadas_na_estrada_velha_que_da_acesso_ao_bairro_fazendinha..pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/258/indicacao_no_138_-_indica_ao_poder_executivo_e_a_secretaria_municipal_de_educacao_que_estude_a_possibilidade_de_disponibilizar_um_profissional_tecnico_em_enfermagem_para_atuar.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/259/indicacao_no_139_-_indica_ao_poder_executivo_e_a_secretaria_municipal_de_saude_que_faca_a_placa_indicativa_do_psf_rural_no_pronto_atendimento_municipal_dr._alcides_mosconi.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/269/indicacao_no_140_-_indica_ao_setor_responsavel_a_colocacao_de_postes_lampadas_e_extensao_da_rede_eletrica_pela_totalidade_do_bairro_rural_cervo._-_copia.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/270/indicacao_no_141_-_indica_ao_setor_respnsavel_que_faca_manutencao_no_calcamento_na_rua_bahia_nas_proximidades_do_no_184..pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/271/indicacao_no_142_-_indica_ao_poder_executivo_e_a_secretaria_responsavel_que_faca_aceiro_na_terraplanagem_localizada_no_bairro_coutinhos..pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/272/indicacao_no_143_-_indica_ao_setor_responsavel_que_providencie_envio_de_caminhao_pipa_a_estrada_de_saida_no_bairro_vila_marlene_proximo_a_igreja_santa_rita_sentido_cavas..pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/273/indicacao_no_144_-_indica_ao_setor_de_obras_rurais_o_envio_de_04_caminhoes_de_cascalho_a_estrada_do_bairro_grota_rica.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/274/indicacao_no_145_-_indica_ao_poder_executivo_e_a_secretaria_de_estradas_rurais_que_realizem_o_cascalhamento_na_estrada_do_bairro_coutinhos_sentido_a_residencia_do_sr._conheci.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/275/indicacao_no_146_-_indica_ao_setor_responsavel_que_reajuste_o_braco_do_poste_proximo_a_ponte_que_da_acesso_ao_bairro_santo_onofre..pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/276/indicacao_no_147_-_indica_ao_setor_responsavel_que_realize_servico_de_manutencao_na_rua_laura_de_barros_cobra_esquina_com_rua_jose_julio_moreira_saida_para_o_bairro_almas.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/277/indicacao_no_148_-_indica_ao_setor_responsavel_que_faca_manutencao_na_estrada_no_bairro_lajinha..pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/278/indicacao_no_149_-_indica_ao_setor_responsavel_que_faca_manutencao_no_quebra-molas_localizado_proximo_a_residencia_da_sr._conhecida_como_tati.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/279/indicacao_no_150_-_indica_ao_setor_responsavel_que_faca_calcamento_em_frente_a_igreja_da_serra_do_barreiro..pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/306/indicacao_no_151_-_indica_ao_setor_responsavel_que_realize_servico_de_melhorias_na_rua_bias_fortes_esquina_com_a_rua_sao_jose_centro..pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/307/indicacao_no_152_-_indica_ao_setor_responsavel_que_realize_substituicao_de_lixeira_localizada_na_encruzilhada_do_recanto_loyola_bairro_coutinhos_e_nova_programacao_do_servi.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/308/indicacao_no_153_-_indica_ao_poder_executivo_aquisicao_de_computador_para_uso_pedagogico_a_pedido_dos_professores_do_cemei_prof.a_vita_alves_de_lima..pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/262/projeto_legislativo_01_-_dispoe_sobre_a_publicidade_de_informacoes_relacionadas_as_emendas_parlamentares_que_destinam_recursos_ao_municipio_de_congonhal.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/263/projeto_legislativo_02_-_institui_o_dia_municipal_do_empreendedorismo_feminino_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/264/projeto_legislativo_03_-_institui_o_programa_de_prevencao_a_gravidez_precoce_no_ambito_do_municipio_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/265/projeto_legislativo_04_-_institui_a_semana_de_conscientizacao_sobre_o_autismo_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/266/projeto_legislativo_05_-_concede_a_revisao_geral_anual_dos_subsidios_dos_agentes_politicos_do_municipio_de_congonhal_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/267/projeto_legislativo_06_-_concede_a_revisao_geral_anual_da_remuneracao_dos_servidores_publicos_da_camara_municipal_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/280/projeto_legislativo_07_-_dispoe_sobre_a_instalacao_de_dispositivos_com_sinais_sonoros_adequados_para_alunos_com_transtorno_do_espectro_autista_-_tea.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/281/projeto_legislativo_08_-_dispoe_sobre_denominacao_de_praca_publica_localizada_no_bairro_rural_grota_rica_municipio_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/282/projeto_legislativo_09_-_denomina_ponto_de_apoio_de_esf_do_bairro_rural_de_sao_domingos_maria_lucia_sousa_moreira..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/305/projeto_legislativo_10_-_institui_a_semana_municipal_da_juventude_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/83/projeto_de_lei_02_-_autoriza_abertura_de_credito_adicional_suplementar_nas_dotacoes_do_orcamento_de_2023_no_valor_de_r_750.00000_ref_a_recursos_provenientes_do_superavit_financeiro_apurado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/85/projeto_de_lei_03_-_altera_e_revoga_dispositivos_da_lei_no_1.425_de_02_de_agosto_de_2017_que_autoriza_o_municipio_de_congonhal_a_celebrar_convenio_de_cooperacao.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/86/projeto_de_lei_04_-_altera_dispositivos_na_lei_1.180_de_22_de_maio_de_2006_que_regulamenta_o_horario_de_funcionamento_das_farmacias_e_estabelecimentos_congeneres_no_municipio_de_congonhal_1.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/87/projeto_de_lei_05_-_cria_o_fundo_municipal_dos_direitos_da_pessoa_idosa_do_municipio_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/88/projeto_de_lei_06_-_altera_lei_no_1.322_de_27_de_novembro_de_2012..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/89/projeto_de_lei_07_-_autoriza_a_abertura_de_credito_adicional_especial_referente_ao_recurso_proveniente_do_superavit_financeiro_apurado_no_exercicio_anterior_nas_dotacoes_do_orcamento_de_2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/90/projeto_de_lei_08_-_institui_o_banco_de_racao_e_utensilios_para_animais_do_municipio_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/91/projeto_de_lei_09_-_dispoe_sobre_a_politica_municipal_de_atendimento_aos_direitos_da_crianca_e_do_adolescente_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/84/projeto_de_lei_10_-_altera_e_revoga_dispositivos_da_lei_no_1.425_de_02_de_agosto_de_2017_que_autoriza_o_municipio_de_congonhal_a_celebrar_convenio_de_cooperacao_com_o_estado_de_minas_gerais_atr.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/93/projeto_de_lei_11_-_estabelece_as_diretrizes_gerais_para_a_elaboracao_do_orcamento_do_municipio_de_congonhal_para_o_exercicio_de_2024_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/94/projeto_de_lei_12_-_autoriza_a_abertura_de_credito_adicional_especial_referente_ao_recurso_proveniente_do_superavit_financeiro_apurado_no_exercicio_anterior_nas_dotacoes_do_orcamento_de_2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/95/projeto_de_lei_13_-_autoriza_a_abertura_de_credito_adicional_especial_referente_ao_recurso_proveniente_de_anulacao_parcial_de_dotacoes_bem_como_inclui_no_plano_plurianu.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/96/projeto_de_lei_14_-_autoriza_abertura_de_credito_adicional_especial_ref._ao_recurso_proveniente.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/97/projeto_de_lei_15_-_regulamenta_o_sistema_viario_municipal__a_faixa_de_dominio_e_das_pistas_das_estradas_rurais_municipais_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/98/projeto_de_lei_16_-_autoriza_abertura_de_credito_adicional_especial_ref_ao_recurso_proveniente_do_superavit_financeiro_apurado_no_exercicio_anterior_nas_dotacoes_do_orcamento_de_2023_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/99/projeto_de_lei_17_-_dispoe_sobre_autorizacao_ao_poder_executivo_municipal_para_firmar_termo_de_parceria_destinado_a.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/100/projeto_de_lei_18_-_autoriza_a_abertura_de_credito_adicional_suplementar_ref._ao_recurso_proveniente_do_superavit.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/101/projeto_de_lei_19_-_altera_o_plano_plurianual_2022_a_2025_a_lei_de_diretrizes_orcamentarias_para_2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/102/projeto_de_lei_20_-_autoriza_a_abertura_de_credito_adicional_suplementar_ref._ao_recurso_proveniente_do_superavit.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/104/projeto_de_lei_21_-_institui_o_programa_de_adocao_de_pracas_publicas_parques_jardins_areas_verdes_e_espacos_municipais_de_esportes_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/254/projeto_de_lei_22_-_autoriza_abertura_de_credito_adicional_suplementar_por_anulacao_de_recurso_para_suplementacao_nas_despesas_com_pessoal_pasep_e_obrigacoes_patronais_do_municipio_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/261/projeto_de_lei_23_-_autoriza_a_abertura_de_credito_adicional_especial_ref_ao_recurso_proveniente_de_anulacao_parcial.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/283/projeto_de_lei_24_-_autoriza_abertura_de_credito_adicional_suplementar_referente_anulacao_parcial_ou_total_nas_dotacoes_do_orcamento_de_2023_no_municipio_de_congonhal.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/284/projeto_de_lei_25_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_do_superavit_financeiro_apurado_no_exercicio_anterior_nas_dotacoes_do_orcamento_de_2023..pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/285/projeto_de_lei_26_-_autoriza_abertura_de_credito_adicional_suplementar_ref._anulacao_parcial_ou_total_de_dotacoes_e_superavit.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/286/projeto_de_lei_27_-_autoriza_abertura_de_credito_adicional_suplementar_nas_dotacoes_do_orcamento_de_2023_no_valor_de_r_600.00000.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/287/projeto_de_lei_28_-_autoriza_abertura_de_credito_adicional_suplementar_ref_a_anulacao_parcial_ou_total_nas_dotacoes_do_orcamento_de_2023_no_municipio_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/288/projeto_de_lei_29_-_autoriza_o_poder_executivo_municipal_a_firmar_convenio_com_a_comunidade_do_bom_pastor_para_os_fins_que_menciona_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/289/projeto_de_lei_30_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_tendencia_a_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/290/projeto_de_lei_31_-_autoriza_o_poder_executivo_a_repassar_assistencia_financeira_complementar_da_uniao_destinada_ao_cumprimento_do_piso_salarial_nacional_dos_profissionais_enfermeiros_enfermeiros.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/291/projeto_de_lei_32_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_congonhal_para_o_exercicio_de_2024..pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/292/projeto_de_lei_33_-_dispoe_sobre_demarcacao_e_ampliacao_do_perimetro_urbano_nos_termos_do_art._42-b_da_lei_federal_10.257-2001.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/293/projeto_de_lei_34_-_disciplina_a_participacao_do_municipio_de_congonhal_em_consorcio_publico_dispensa_a_ratificacao_do_protocolo_de_intencoes_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/294/projeto_de_lei_35_-_institui_o_programa_congonhal_em_progresso_que_dispoe_de_incentivos_fiscais_e_estimulos_economicos_no_municipio_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/295/projeto_de_lei_36_-_cria_o_conselho_municipal_de_desenvolvimento_economico_e_social_de_congonhal-_comdesc_e_institui_o_fundo_municipal_de_desenvolvimento_economico_fmde.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/296/projeto_de_lei_37_-_institui_no_municipio_de_congonhal_o_programa_prata_da_casa_que_autoriza_o_municipio.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/297/projeto_de_lei_38_-_autoriza_o_poder_executivo_adquirir_brindes_para_distribuicao_no_desfile_de_carreiro_e_desfile_de_cavaleiros_e_amazonas_no_municipio_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/298/projeto_de_lei_39_-_autoriza_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_de_tendencia_a_excesso_de_arrecadacao_nas_dotacoes.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/299/projeto_de_lei_40_-_cria_o_fundo_municipal_de_saneamento_basico_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/300/projeto_de_lei_41_-_altera_a_lei_ordinaria_1.505_de_2021_que_dispoe_sobre_o_conselho_municipal_de_defesa_e_conservacao_do_meio_ambiente_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/301/projeto_de_lei_42_-_institui_no_ambito_do_municipio_de_congonhal_o_plano_municipal_de_saneamento_basico_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/302/projeto_de_lei_43_-_autoriza_abertura_de_credito_adicional_suplementar_ref_a_anulacao_parcial_ou_total_nas_dotacoes_do_orcamento_de_2023_no_municipio_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/303/projeto_de_lei_44_-_autoriza_a_cessao_de_servidor_publico_efetivo_com_onus_ao_poder_legislativo_municipal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/304/projeto_de_lei_45_-_dispoe_sobre_o_sistema_municipal_de_cultura_do_municipio_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/324/projeto_de_lei_46_-_autoriza_abertura_de_credito_adicional_suplementar_referente_ao_recurso_proveniente_de_excesso_de_arrecadacao_na_fonte_de_trasnferenci.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/325/projeto_de_lei_47_-_autoriza_abertura_de_credito_adicional_suplementar_referente_anulacao_parcial_ou_total_nas_dotacoes_do_orcamento_de_2023_no_municipio_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/326/projeto_de_lei_48_-_autoriza_abertura_de_credito_adicional_suplementar_por_superavit_financeiro_nas.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/327/projeto_de_lei_49_-_autoriza_a_abertura_de_credito_adicional_suplementar_referente_a_anulacao_parcial_ou_total_de_dotacoes_nas_dotacoes_de_folha_de_pagamento_e_obrigacoes_patronais_do_orcamento_de.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/328/pr9ef81.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/329/pr16571.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/92/projeto_de_lei_complementar_1_-_autoriza_o_poder_executivo_municipal_a_conceder_o_uso_do_imovel_municipal_com_posterior_doacao_mediante_encargo_e_cumprimento_dos_requisitos_exigidos_nesta_lei_pa.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/103/projeto_de_lei_complementar_02_-_cria_o_fundo_municipal_de_esportes_-_fme_no_municipio_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/268/projeto_de_lei_complementar_03_-_dispoe_sobre_o_reajuste_no_quadro_de_carreira_do_magisterio_municipal_conforme_a_lei_complementar_no_1.2592009.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/253/requerimento_no_01_-_requer_disponibilizacao_a_esta_camara_municipal_dos_resultados_de_todas_as_analises_de_aguas_realizadas_em_nosso_municipio_a_partir_de_janeiro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/251/requerimento_no_03_-_requer_copia_dos_mapas_de_atendimentos_diarios_dos_medicos_que_atendem_na_ubs_prefeito_homero_domingues_simoes_referente_o_mes_de_fevereiro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/250/requerimento_no_04_-_requer_copia_dos_mapas_de_atendimentos_diarios_dos_medicos_especialistas_que_atendem_no_centro_de_especialidades_medicas_e_multiprofissionais_cem-_telm.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/249/requerimento_no_05_-_requer_do_sr._egonn_hendrigo_carvalho_gerente_da_companhia_de_saneamento_de_minas_gerais_copasa_sistema_congonhal_disponibilizacao_e_execucao_de_pr.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/248/requerimento_no_06_-_requer_parecer_do_departamento_juridico_do_municipio_de_congonhal_referente_a_base_de_calculo_para_pagamento_da_insalubridade_dos_agentes_comunitario.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/247/requerimento_no_07_-_requer_do_poder_executivo_municipal_informacao_sobre_a_existencia_de_emenda_parlamentar_verba_destinada_a_ong_caogonhal..pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/246/requerimento_no_09_-_requer_do_departamento_responsavel_disponibilizacao_de_informacao_dos_valores_gastos_mensalmente_pela_prefeitura_municipal_de_congonhal_relacionadas.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/245/requerimento_no_10_-_requer_disponibilizacao_a_esta_camara_municipal_pela_emater_das_informacoes_referente_ao_envio_das_sacas_de_semente_de_feijao_fruto_de_emenda_parla.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/244/requerimento_no_11_-_requer_copia_do_contrato_de_trabalho_do_sr._joanderson_fernandes_de_melo_e_informacoes_das_funcoes_dias_e_mes_que_o_mesmo_atendeu_no_municipio..pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/243/requerimento_no_12_-_requer_informacoes_sobre_servico_de_atendimento_de_suporte_medico_horizontal_a_distancia_com_atendimento_24h_-_7_dias_por_semana_prestado_pela_empres.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/242/requerimento_no_13_-_requeiro_prestacao_de_contas_referente_aos_pagamentos_feitos_com_o_repasse_fundeb.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/241/requerimento_no_14_-_requer_do_departamento_responsavel_em_nome_da_servidorea_municipal_sra._nilza_de_cassia_morais_auxiliar_de_servicos_escolares.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/240/requerimento_no_15_-_requer_copia_completa_dos_processos_licitatorios_nos_054-2021__0135-2021_pregao_no_040-2021_e_0056-2021_processo_no_0137-2021_pregao_0041-2021..pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/239/requerimento_no_16_-_requeiro_pagamento_da_insalubridade_dos_agentes_de_endemias_e_agentes_de_saude_sobre_o_salario_base..pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/106/indicacao_no_002_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_celso_bernardes_de_souza.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/107/indicacao_no_003_-_indica_ao_setor_responsavel_que_solicite_manutencao_do_calcamento_da_rua_bias_fortes_proximo_ao_supermercado_maneco..pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/108/indicacao_no_004_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_governador_milton_campos..pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/109/indicacao_no_005_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_simao_pedro_de_toledo_bairro_primavera_iii_e_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/110/indicacao_no_006_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_e_manutencao_das_ruas_do_bairro_santa_edwirges_e_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/111/indicacao_no_007_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_vice_prefeito_jose_dos_reis..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/112/indicacao_no_008_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_pedro_inacio_franco_bairro_vila_marlene..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/113/indicacao_no_009_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_antonio_vital_de_morais_bairro_vila_marlene..pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/114/indicacao_no_010_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_olvao_custodio_de_oliveira_bairro_jardim_planalto..pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/115/indicacao_no_011_-_indica_ao_setor_responsavel_que_solicite_a_troca_das_manilhas_de_aguas_pluviais_no_bairro_malheiros_proximo_a_residencia_do_sr._milton_ferreira..pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/116/indicacao_no_012_-_indica_ao_setor_responsavel_que_solicite_limpeza_e_manutencao_do_calcamento_da_rua_jordino_francisco_dos_reis_bairro_bela_vista..pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/117/indicacao_no_013_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_jose_ribeiro_coutinho_bairro_primavera_iii..pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/118/indicacao_no_014_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_sergipe..pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/119/indicacao_no_015_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_sao_paulo_bairro_santa_eliza..pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/120/indicacao_no_016_-_indica_ao_setor_responsa_vel_que_solicite_a_limpeza_da_rua_americo_mariano_da_silva_bairro_primavera_i..pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/121/indicacao_no_017_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_cesario_alvim_travessa_com_a_rua_maria_benedita_de_sousa..pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/122/indicacao_no_018_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_professora_maria_jose_alvarenga_silva_alves..pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/123/indicacao_no_019_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_da_rua_benedito_leopoldino_de_souza_bairro_vila_marlene..pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/124/indicacao_no_020_-_indica_ao_setor_responsavel_que_notifique_proprietario_de_lote_urbano_para_providencias..pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/125/indicacao_no_021_-_indica_ao_setor_responsavel_que_notifique_proprietario_de_lote_urbano_para_providencias..pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/126/indicacao_no_022_-_indica_ao_poder_executivo_e_aos_responsaveis_pelas_estradas_rurais_que_facam_a_manutencao_necessaria_na_estrada_mestre_do_bairro_coutinhos_bem_como_em_dois.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/127/indicacao_no_023_-_indica_ao_setor_responsavel_que_solicite_limpeza_e_servicos_de_tapa_buracos_da_rua_joao_candido_pimentel_bairro_bela_vista..pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/128/indicacao_no_024_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_e_retirada_de_entulho_em_diversas_ruas_do_bairro_novo_horizonte..pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/129/indicacao_no_025_-_indica_ao_setor_responsavel_que_solicite_sejam_colocadas_lampadas_de_led_na_rua_monsenhor_jose_paulino..pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/130/indicacao_no_026_-_indica_ao_setor_responsavel_que_solicite_a_limpeza_e_manutencao_da_rua_bahia_do_bairro_monte_rey..pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/131/indicacao_no_027_-_indica_ao_setor_responsavel_que_solicite_manutencao_na_estrada_mestre_do_bairro_migueis_sentido_granja..pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/132/indicacao_no_028_-_indica_ao_setor_responsavel_a_construcao_de_um_ponto_de_onibus_as_margens_da_br_459_proximo_ao_restaurante_barraca_do_rubens..pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/133/indicacao_no_029_-_indica_ao_poder_executivo_municipal_que_reajuste_o_vale_alimentacao_instituido_pela_lei_municipal_no_1.239_2009_aos_servidores_publicos_municipais..pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/134/indicacao_no_030_-_indica_ao_setor_responsavel_que_realize_manutencao_na_estrada_mestre_do_bairro_taiobas_proximo_ao_pesqueiro_canaa..pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/135/indicacao_no_031_-_indica_ao_setor_responsavel_que_realize_servico_de_manutencao_na_rua_jose_inacio_franco_altura_do_no_58_bairro_bela_vista..pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/136/indicacao_no_032_-_indica_ao_setor_responsavel_que_realize_servico_de_melhoria_manutencao_na_rua_silvestre_dos_reis_em_frente_ao_no_109_bairro_saude..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/137/indicacao_no_033_-_indica_ao_setor_responsavel_que_faca_manutencao_necessaria_na_estrada_de_acesso_a_terraplanagem_no_bairro_dos_coutinhos..pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/138/indicacao_no_034_-_indica_ao_setor_de_obras_rurais_a_realizacao_de_operacao_tapa_buracos_na_estrada_principal_do_bairro_grota_rica..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/139/indicacao_no_035_-_indica_ao_setor_de_obras_rurais_a_realizacao_de_operacao_tapa_buracos_na_estrada_principal_do_bairro_almas..pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/140/indicacao_no_036_-_indica_ao_setor_de_obras_rurais_a_realizacao_de_operacao_tapa_buracos_na_estrada_principal_do_bairro_cervo..pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/141/indicacao_no_037_-_indica_ao_setor_de_obras_tapa_buracos_na_estrada_principal_do_bairro_taiobas..pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/143/indicacao_no_038_-_indica_ao_setor_de_obras_rurais_a_realizacao_de_operacao_tapa_buracos_na_estrada_principal_do_bairro_cavas..pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/142/indicacao_no_039_-_indica_ao_setor_responsavel_a_disponibilizacao_de_maquina_patrol_e_outros_veiculos_publicos_para_os_servicos_pertinentes_no_municipio_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/144/indicacao_no_040_-_indica_ao_setor_responsavel_que_faca.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/145/indicacao_no_041_-_indica_ao_setor_responsavel_que_faca_manutencao_na_estrada_do_bairro_campestre_a_pedido_do_sr._gilberto_novelli..pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/146/indicacao_no_042_-_indica_ao_setor_responsavel_extensao_da_rede_eletrica_instalacao_de_lampadas_para_iluminacao_publica_e_melhorias_nas_condicoes_dos_transformadores_no_bair.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/147/indicacao_no_043_-_indica_ao_setor_responsavel_que_realize_servico_de_melhoria_manutencao_na_estrada_do_bairro_das_contas_proximidades_a_propriedade_da_sra._dalva_sr._adilso.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/148/indicacao_no_044_-_indica_ao_seto_responsavel_que_realize_notificacao_do_proprietario_do_lote_situado_a_rua_jose_ribeiro_coutinho_ao_lado_do_no_267_bairro_primavera_iii_par.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/149/indicacao_no_045_-_indica_ao_setor_responsavel_que_realize_manutencao_no_calcamento_e_instalacao_de_placa_de_sinalizacao_na_rua_geraldo_jonas_souza_bairro_primavera..pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/150/indicacao_no_046_-_indica_ao_setor_responsavel_que_realize_manutencao_na_estrada_mestre_do_bairro_macacos_altura_da_encruzilhada_proxima_a_propriedade_do_sr._jairo..pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/151/indicacao_no_047_-_indica_ao_setor_responsavel_que_realize_servico_de_melhoria_manutencao_na_avenida_mario_silveira_em_frente_ao_no_1.058_bairro_santa_elisa..pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/152/indicacao_no_048_-_indica_ao_setor_responsavel_que_realize_rocagem_do_mato_e_limpeza_as_margens_da_br_459_proximidades_da_pizzaria_jk..pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/153/indicacao_no_049_-_indica_ao_setor_responsavel_que_realize_limpeza_na_rua_geraldo_jonas_souza_bairro_primavera..pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/154/indicacao_no_050_-_indica_ao_setor_responsavel_que_realize_a_manutencao_da_estrada_do_bairro_da_mata_proximidade_da_casa_do_sr._jose_mauro_genro_do_senhro_conhecido_como_ger.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/155/indicacao_no_051_-_indica_ao_poder_executivo_e_aos_responsaveis_pelas_estradas_rurais_que_facam_a_manutencao_necessaria_na_estrada_do_bairro_macacos_sentido_a_residencia_da_s.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/156/indicacao_no_052_-_indica_ao_poder_executivo_a_implementacao_de_cruso_pre_vestibular_enem_para_os_jovens_do_nosso_municipio..pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/157/indicacao_no_053_-_indica_ao_poder_executivo_o_reajuste_dos_vencimentos_dos_profissionais_da_educacao_municipal_de_acordo_com_o_piso_salarial_estabelecido_em_lei_federal..pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/158/indicacao_no_054_-_indica_ao_setor_responsavel_que_realize_limpeza_na_rua_jose_inacio_de_souza_travessa_da_avenida_prefeito_mario_silveira..pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/159/indicacao_no_055_-_indica_ao_setor_responsavel_que_realize_obras_de_melhorias_no_calcamento_da_rua_jose_gomes_sobrinho_altura_do_no_333_bairro_primavera..pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/160/indicacao_no_056_-_indica_ao_setor_responsavel_que_realize_limpeza_na_rua_americo_mariano_da_silva_altura_do_no_280_bairro_primavera..pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/161/indicacao_no_057_-_indica_ao_setor_responsavel_que_realize_obras_para_contencao_de_enchentes_na_rua_pulcheria_de_paiva_pinto_proximo_ao_poliesportivo_municipal..pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/162/indicacao_no_058_-_indica_ao_setor_responsavel_que_realize_manutencao_na_estrada_rural_do_bairro_almas_proximo_a_propriedade_do_sr._paulo_lucio_dos_santos..pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/163/indicacao_no_059_-_indica_ao_setor_responsavel_que_realize_a_retirada_de_entulho_localizado_na_rua_professora_lazara_souza_e_silva_bairro_monte_rey..pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/164/indicacao_no_060_-_indica_ao_setor_responsavel_que_realize_manutencao_na_estrada_rural_do_bairro_almas_proximo_ao_estabelecimento_comercial_do_sr._leandro..pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/165/indicacao_no_061_-_indica_ao_poder_executivo_que_realize_o_pagamento_do_piso_da_enfermagem_aos_profissionais_municipais_que_atuam_nessa_area..pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/166/indicacao_no_062_-_indica_ao_setor_responsavel_que_de_continuidade_na_instalacao_de_manilhas_na_rede_que_liga_o_escoamento_das_aguas_fluviais_da_rua_senador_jose_bento_bairro.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/167/indicacao_no_063_-_indica_ao_setor_responsavel_que_faca_a_poda_de_arvores_localizada_na_rua_senador_jose_bento_bairro_santo_onofre..pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/168/indicacao_no_064_-_indica_ao_setor_responsavel_que_faca_limpeza_da_boca_de_lobo_na_rua_senador_jose_bento_bairro_santo_onofre..pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/169/indicacao_no_065_-_indica_ao_setor_responsavel_que_faca_instalacao_das_placas_com_nomes_das_ruas_no_bairro_santo_onofre..pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/170/indicacao_no_066_-_indica_ao_poder_executivo_e_a_secretaria_municipal_de_educacao_que_coloque_o_nome_na_parte_externa_na_escola_municipal_pref._joaquim_inacio_franco_bem_como.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/171/indicacao_no_067_-_indica_ao_setor_responsavel_que_realize_manutencao_na_estrada_rural_apos_o_pesqueiro_do_sr._ze_vieirinha_as_margens_do_rio_cervo_a_pedido_da_sra._tatiane.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/172/indicacao_no_068_-_indica_ao_setor_responsavel_que_realize_manutencao_na_ponte_de_acesso_ao_bairro_campestre..pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/173/indicacao_no_069_-_indica_ao_setor_responsavel_a_instalacao_de_placa_de_denominacao_de_logradouro_publico_na_rua_professora_lazara_souza_e_silva_esquina_com_a_avenida_prefeit.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/174/indicacao_no_070_-_indica_aos_etor_responsavel_que_realize_servico_de_manutencao_na_rua_coronel_evaristo_valdetario_e_silva_altura_do_no_833_bairro_jardim_planalto..pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/175/indicacao_no_071_-_indica_ao_setor_responsavel_que_realize_limpeza_na_rua_alagoas_bairro_novo_horizonte..pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/176/indicacao_no_072_-_indica_ao_setor_responsavel_que_realize_limpeza_na_rua_paraiba_bairro_novo_horizonte..pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/177/indicacao_no_073_-_indica_ao_setor_responsavel_que_realize_a_limpeza_na_rua_pernambuco_bairro_novo_horizonte..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/178/indicacao_no_074_-_indica_ao_setor_responsavel_que_realize_manutencao_em_ponte_localizada_no_bairro_dos_migueis_sentido_ao_imovel_do_sr._paulo_sergio..pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/179/indicacao_no_075_-_indica_ao_setor_responsavel_a_instalacao_de_placas_de_sinalizacao_proibindo_o_estacionamento_de_qualquer_especie_de_veiculo_as_margens_da_br_459_em_todo_o.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/180/indicacao_no_076_-_indica_ao_setor_responsavel_que_realize_limpeza_na_boca_de_manilha_as_margens_da_br_459_no_ribeirao_proximo_ao_conclub_a_pedido_do_sr._renato_nazareno..pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/181/indicacao_no_077_-_indica_ao_setor_responsavel_que_realize_troca_de_lampadas_queimadas_no_perimetro_urbano_as_margens_da_br_459..pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/182/indicacao_no_078_-_indica_ao_setor_responsavel_que_realize_manutencao_na_cabeca_da_ponte_no_bairro_rural_macacos_proximo_a_residencia_do_sr._jose_wilson_gomes.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/183/indicacao_no_079_-_indica_ao_setor_responsavel_que_realize_limpeza_em_manilhas_ou_se_necessario_for_substituir_por_manilhas_mais_grossas_localizado_no_bairro_quintilhanos_pr.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/184/indicacao_no_080_-_indica_ao_setor_responsavel_que_realize_cascalhamento_e_manutencao_necessaria_no_morro_proximo_ao_pesqueiro_ze_vieirinha_a_pedido_da_sra._ana_paula_xavier..pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/185/indicacao_no_081_-_indica_ao_setor_responsavel_que_realize_a_manutencao_e_patrolamento_das_estradas_rurais_nos_bairros_barreirinhos_quintilhanos_e_malheiros_saindo_ate_as_mar.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/186/indicacao_no_082_-_indica_ao_setor_responsavel_que_faca_as_trocas_das_lampadas_dos_refletores_do_campo_de_futebol_municipal_prefeito_gerson_da_silva_por_lampadas_de_led..pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/187/indicacao_no_083_-_indica_ao_setor_responsavel_que_faca_manutencao_nas_cestas_de_basquete_do_ginasio_da_escola_municipal_joao_lucio_dos_santos..pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/188/indicacao_no_084_-_indica_ao_setor_responsavel_que_faca_manutencao_no_calcamento_na_rua_joao_candido_pimentel_paralela_com_rua_jordino_dos_reis_bairro_bela_vista..pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/189/indicacao_no_085_-_indica_ao_setor_responsavel_que_realize_servico_de_manutencao_no_calcamento_da_rua_jordino_reis_bairro_bela_vista_a_pedido_do_sr._felipe_martins..pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/190/indicacao_no_086_-_indica_ao_setor_responsavel_que_realize_rocagem_do_mato_e_limpeza_no_ponto_de_onibus_as_margens_da_br_459_em_frente_ao_bairro_santa_edwirges.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/191/indicacao_no_087_-_indica_ao_setor_responsavel_que_realize_manutencao_em_morro_na_estrada_do_bairro_rural_taiobas_sentido_bairro_cervo_nas_proximidades_de_sua_ponte_de_madei.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/192/indicacao_no_088_-_indica_ao_setor_responsavel_que_realize_a_aquisicao_de_material_e_jogos_pedagogicos_para_o_cemei_professora_vita_alves_de_lima.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/193/indicacao_no_089_-_indica_ao_poder_executivo_e_o_setor_responsavel_que_faca_manutencao_nas_pedras_do_calcamento_na_rua_joao_pereira_lopes..pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/194/indicacao_no_090_-_indica_ao_poder_executivo_e_o_setor_responsavel_que_faca_as_trocas_das_lampadas_dos_postes_na_rua_vereador_doraci_bernardes_de_souza_nas_proximidades_do_no.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/195/indicacao_no_091_-_indica_ao_poder_executivo_e_a_secretaria_municipal_de_educacao_que_coloque_cameras_de_seguanca_nos_portoes_da_pre_escola_municipal_joaquim_inacio_franco.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/196/indicacao_no_092_-_indica_ao_poder_executivo_e_a_secretaria_municipal_de_estradas_rurais_que_faca_a_manutencao_na_estrada_no_bairro_coutinhos_sentido_a_residencia_do_sr._conh.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/197/indicacao_no_093_-_indica_ao_setor_responsavel_a_instalacao_de_placas_de_denominacao_de_logradouro_publico_nas_esquinas_das_ruas_com_a_avenida_prefeito_mario_silveira..pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/198/indicacao_no_094_-_indica_ao_setor_de_obras_urbanas_atraves_do_responsavel_pela_sinalizacao_de_transito_que_realize_um_estudo_tecnico_para_averiguacao_quanto_a_possibilidade.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/199/indicacao_no_095_-_indica_ao_poder_executivo_que_seja_contratado_vigilantes_ou_guardas_municipais_para_seguranca_nas_entradas_das_escolas_municipais_do_nosso_municipio..pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/200/indicacao_no_096_-_indica_ao_setor_responsavel_que_realize_obra_de_melhoria_manutencao_na_estrada_rural_de_acesso_a_propriedade_do_sr._mauri_cirino_bairro_barreirinhos..pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/201/indicacao_no_097_-_indica_a_diretoria_de_esportes_municipal_averiguacao_quanto_a_possibilidade_a_oferta_de_lanche_com_frutas_e_sucos_as_criancas_no_local_apos_os_treinos_d.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/202/indicacao_no_098_-_indica_ao_setor_responsavel_que_realize_rocagem_de_mato_e_limpeza_da_estrada_do_bairro_rural_coutinhos..pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/203/indicacao_no_099_-_indica_ao_poder_executivo_e_o_setor_responsavel_que_faca_manutencao_em_frente_a_chacara_da_sra._judite_e_sr._geraldo_bairro_das_almas..pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/204/indicacao_no_100_-_indica_ao_poder_executivo_e_a_secretria_municipal_de_educacao_que_reforce_a_seguranca_nas_laterais_da_creche_municipal_cemei_professora_vita_alves_de_lima.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/205/indicacao_no_101_-_indica_ao_setor_responsavel_que_realize_iluminacao_da_praca_localizada_na_rua_jordino_francisco_dos_reis_bairro_bela_vista..pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/206/indicacao_no_102_-_indica_ao_setor_responsavel_que_realize_obra_de_melhoria_manutencao_na_estrada_rural_da_roseiras_entido_propriedade_do_sr._jose_roberto_rezende_bairro_mar.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/207/indicacao_no_103_-_indica_ao_setor_responsavel_que_realize_estudo_sobre_a_viabilidade_de_oferecer_cursos_de_libras_para_os_professores_da_rede_publica_municipal_de_ensino..pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/208/indicacao_no_104_-_indica_ao_setor_responsavel_que_realize_servico_de_melhoria_na_estrada_que_sobe_para_o_bairro_da_conceicao_sentido_sr._benedito_balbino..pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/209/indicacao_no_105_-_indica_ao_setor_responsavel_que_realize_servico_de_melhoria_manutencao_limpeza_na_estrada_lateral_a_br_459_saindo_do_bairro_santa_edwirges_ate_a_entrada_d.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/210/indicacao_no_106_-_indica_ao_setor_responsavel_que_realize_servico_de_manutencao_na_rua_rio_grande_do_sul_bairro_santa_eliza..pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/211/indicacao_no_107_-_indica_ao_poder_executivo_e_ao_setor_responsavel_pelas_estradas_rurais_que_faca_cascalhamento_da_estrada_de_acesso_a_terraplanagem_localizado_no_bairro_cou.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/212/indicacao_no_108_-_indica_ao_poder_executivo_e_o_setor_responsavel_a_necessidade_de_construcao_de_meio_fio_na_esquina_da_rua_cesario_alvim_com_a_rua_maria_benedita_de_souza_o.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/213/indicacao_no_109_-_indica_ao_poder_executivo_e_o_setor_responsavel_que_faca_troca_de_manilhas_por_manilhas_grossas_localizada_na_estrada_do_bairro_da_lajinha..pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/214/indicacao_no_110_-_indica_ao_poder_executivo_e_o_setor_responsavel_que_faca_manutencao_na_rua_bias_fortes_poximo_ao_supermercado_do_melado..pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/215/indicacao_no_111_-_indica_ao_setor_responsavel_que_realize_cosntrucao_de_ponto_de_onibus_em_encruzilhada_especifica_no_bairro_rural_almas_a_pedido_de_alunos..pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/216/indicacao_no_112_-_indica_a_secretaria_de_educacao_e_a_diretoria_de_cultura_municipal_averiguacao_quanto_possibilidade_de_criacao_de_uma_oficina_de_teatro_para_as_criancas.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/217/indicacao_no_113_-_indica_ao_setor_responsavel_que_realize_limpez_retirada_de_entulho_nas_ruas_do_bairro_santo_onofre..pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/218/indicacao_no_114_-_indica_ao_poder_executivo_e_a_secretaria_de_estradas_rurais_que_faca_um_ponto_com_cobertura_para_alunos_estudantes_da_rede_municipal_no_bairro_macacos_prox.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/219/indicacao_no_115_-_indica_ao_setor_responsavel_que_realiza_obra_de_melhoria_manutencao_na_estrada_rural_do_bairro_guidos_a_pedido_de_moradores..pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/220/indicacao_no_116_-_indica_ao_setor_responsavel_que_realize_obra_de_melhoria_manutencao_nas_cabecas_da_ponte_sobre_o_rio_cervo_no_bairro_guidos_a_pedido_de_moradores..pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/221/indicacao_no_117_-_indica_ao_setor_responsavel_que_realize_pintura_das_faixas_de_pedestres_em_toda_a_zona_urbana_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/222/indicacao_no_118_-_indica_ao_setor_responsavel_a_colocacao_de_postes_de_iluminacao_publica_em_praca_localizada_no_bairro_bela_vista..pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/223/indicacao_no_119_-_indica_ao_setor_responsavel_que_realize_servico_de_manutencao_no_calcamento_da_rua_jordino_francisco_reis_bairro_bela_vista_a_pedido_dos_moradores_circunv.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/224/indicacao_no_120_-_indica_ao_setor_responsavel_que_faca_as_trocas_das_lampadas_que_estao_queimadas_proximo_a_ponte_do_rio_cervo_na_estrada_que_da_acesso_ao_bairro_sao_domingos.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/225/indicacao_no_121_-_indica_ao_poder_executivo_e_a_secretaria_educacao_que_faca_a_cobertura_metalica_entre_as_novas_salas_de_aula_e_o_refeitorio_do_cemei_professora_vita_alves_d.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/226/indicacao_no_122_-_indica_ao_poder_executivo_municipal_manutencao_na_estrada_do_bairro_terra_preta..pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/227/indicacao_no_123_-_indica_ao_setor_responsavel_que_realize_obra_de_melhoria_manutencao_cascalhamento_na_estrada_rural_proximo_ao_pesqueiro_ze_vieirinha_subindo_a_serra_a_p.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/228/indicacao_no_124_-_indica_ao_setor_responsavel_que_realize_obra_para_termino_de_quadra_espotiva_localizada_na_avenida_tuany_toledo_no_bairro_primavera..pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/229/indicacao_no_125_-_indica_ao_poder_executivo_e_a_secretaria_municipal_de_educacao_que_coloque_protecao_nos_vidros_dos_bercarios_do_cemei_professora_vita_alves_de_lima..pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/230/indicacao_no_126_-_indica_ao_setor_responsavel_e_a_secretaria_de_educacao_compra_de_capas_de_chuva__para_as_auxiliares_de_servicos_escolares_do_cemei..pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/231/indicacao_no_127_-_indica_ao_setor_responsavel_extensao_da_rede_eletrica_com_inicio_na_casa_de_morada_do_sr._altair_alcancando_a_casa_de_morada_do_sr._romeu_do_milton_no_ba.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/232/indicacao_no_128_-_indica_ao_setor_responsavel_a_substituicao_dos_transformadores_de_15_kva_para_de_375_kva_nas_proximidades_da_casa_de_morada_do_pastor_marcos_e_proximidad.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/233/indicacao_no_129_-_indica_ao_setor_respinsa_vel_que_faca_a_manutencao_na_estrada_da_serra_do_barreiro..pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/234/indicacao_no_130_-_indica_ao_setor_responsavel_que_faca_a_manutencao_na_estrada_do_bairro_da_mata..pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/235/indicacao_no_131_-_indica_ao_poder_executivo_e_a_secretaria_de_obras_urbanas_que_faca_a_manutencao_na_rua_castelo_branco_proximo_ao_numero_510_loja_casa_do_campo..pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/236/indicacao_no_132_-_indica_ao_setor_responsavel_que_contacte_cemig_para_realizacao_de_poda_de_arvores_e_instalacao_de_postes_e_lampadas_em_local_especifico_no_bairro_grota_ri.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/237/indicacao_no_133_-_indica_ao_setor_responsavel_que_contacte_a_cemig_para_realizacao_de_servico_para_melhoria_de_luminosidade_proximo_ao_ponto_de_onibus_da_br_459_bairro_cou.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/238/indicacao_no_134_-_indica_ao_setor_responsavel_que_realize_instalacao_de_lixeira_na_rua_jordino_francisco_dos_reis_altura_do_no_146_e_assentamento_de_paralelepipedos_neste.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/255/indicacao_no_135_-_indica_ao_poder_executivo_e_a_secretaia_de_obras_urbanas_que_faca_a_continuacao_do_calcamento_da_rua_jose_gomes_sobinho_no_bairro_primavera.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/256/indicacao_no_136_-_indica_ao_setor_de_obras_rurais_a_realizacao_de_servicos_de_melhoria_na_estrada_principal_do_bairro_rural_almas..pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/257/indicacao_no_137_-_indica_ao_setor_responsavel_a_colocacao_de_postes_e_lampadas_na_estrada_velha_que_da_acesso_ao_bairro_fazendinha..pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/258/indicacao_no_138_-_indica_ao_poder_executivo_e_a_secretaria_municipal_de_educacao_que_estude_a_possibilidade_de_disponibilizar_um_profissional_tecnico_em_enfermagem_para_atuar.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/259/indicacao_no_139_-_indica_ao_poder_executivo_e_a_secretaria_municipal_de_saude_que_faca_a_placa_indicativa_do_psf_rural_no_pronto_atendimento_municipal_dr._alcides_mosconi.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/269/indicacao_no_140_-_indica_ao_setor_responsavel_a_colocacao_de_postes_lampadas_e_extensao_da_rede_eletrica_pela_totalidade_do_bairro_rural_cervo._-_copia.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/270/indicacao_no_141_-_indica_ao_setor_respnsavel_que_faca_manutencao_no_calcamento_na_rua_bahia_nas_proximidades_do_no_184..pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/271/indicacao_no_142_-_indica_ao_poder_executivo_e_a_secretaria_responsavel_que_faca_aceiro_na_terraplanagem_localizada_no_bairro_coutinhos..pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/272/indicacao_no_143_-_indica_ao_setor_responsavel_que_providencie_envio_de_caminhao_pipa_a_estrada_de_saida_no_bairro_vila_marlene_proximo_a_igreja_santa_rita_sentido_cavas..pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/273/indicacao_no_144_-_indica_ao_setor_de_obras_rurais_o_envio_de_04_caminhoes_de_cascalho_a_estrada_do_bairro_grota_rica.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/274/indicacao_no_145_-_indica_ao_poder_executivo_e_a_secretaria_de_estradas_rurais_que_realizem_o_cascalhamento_na_estrada_do_bairro_coutinhos_sentido_a_residencia_do_sr._conheci.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/275/indicacao_no_146_-_indica_ao_setor_responsavel_que_reajuste_o_braco_do_poste_proximo_a_ponte_que_da_acesso_ao_bairro_santo_onofre..pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/276/indicacao_no_147_-_indica_ao_setor_responsavel_que_realize_servico_de_manutencao_na_rua_laura_de_barros_cobra_esquina_com_rua_jose_julio_moreira_saida_para_o_bairro_almas.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/277/indicacao_no_148_-_indica_ao_setor_responsavel_que_faca_manutencao_na_estrada_no_bairro_lajinha..pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/278/indicacao_no_149_-_indica_ao_setor_responsavel_que_faca_manutencao_no_quebra-molas_localizado_proximo_a_residencia_da_sr._conhecida_como_tati.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/279/indicacao_no_150_-_indica_ao_setor_responsavel_que_faca_calcamento_em_frente_a_igreja_da_serra_do_barreiro..pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/306/indicacao_no_151_-_indica_ao_setor_responsavel_que_realize_servico_de_melhorias_na_rua_bias_fortes_esquina_com_a_rua_sao_jose_centro..pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/307/indicacao_no_152_-_indica_ao_setor_responsavel_que_realize_substituicao_de_lixeira_localizada_na_encruzilhada_do_recanto_loyola_bairro_coutinhos_e_nova_programacao_do_servi.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2023/308/indicacao_no_153_-_indica_ao_poder_executivo_aquisicao_de_computador_para_uso_pedagogico_a_pedido_dos_professores_do_cemei_prof.a_vita_alves_de_lima..pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H232"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="58.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>