--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -54,663 +54,663 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
     <t>Gabinete da Presidencia - GABPRES</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/51/projeto_legislativo_no_03_-_concede_a_revisao_geral_anual_da_remuneracao_dos_servidores_publicos_da_camara_municipal_de_congonhal_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/51/projeto_legislativo_no_03_-_concede_a_revisao_geral_anual_da_remuneracao_dos_servidores_publicos_da_camara_municipal_de_congonhal_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Concede a revisão geral anual da remuneração dos servidores públicos da Câmara Municipal de Congonhal e dá outras providências.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/52/projeto_legislativo_no_04-_institui_o_mes_do_empreendedorismo_municipal_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/52/projeto_legislativo_no_04-_institui_o_mes_do_empreendedorismo_municipal_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Institui o mês do empreendedorismo municipal e dá outras providências.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/53/projeto_legislativo_no_05_-_institui_o_selo_empresa_amiga_do_meio_ambiente.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/53/projeto_legislativo_no_05_-_institui_o_selo_empresa_amiga_do_meio_ambiente.pdf</t>
   </si>
   <si>
     <t>Institui o Selo Empresa Amiga do Meio Ambiente</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/54/projeto_legislativo_no_06_-_denomina_pista_de_skate_joaquim_leal_de_melo_neto..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/54/projeto_legislativo_no_06_-_denomina_pista_de_skate_joaquim_leal_de_melo_neto..pdf</t>
   </si>
   <si>
     <t>Denomina pista de skate "Joaquim Leal de Melo Neto".</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/55/projeto_legislativo_no_07_-_denomina_laboratorio_de_analise_clinica_do_pronto_atendimento_dr._alcides_mosconi_dr._mario_mendes_magalhaes..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/55/projeto_legislativo_no_07_-_denomina_laboratorio_de_analise_clinica_do_pronto_atendimento_dr._alcides_mosconi_dr._mario_mendes_magalhaes..pdf</t>
   </si>
   <si>
     <t>Denomina Laboratório de análise clínica do Pronto Atendimento Dr. Alcides Mosconi "Dr. Mario Mendes Magalhães</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Democratas</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/260/projeto_legislativo_no_08_-_dispoe_sobre_a_proibicao_em_todo_o_territorio_municipal_da_utilizacao_de_fogos_de_artificio_ou_qualquer_outro_artefato_pirotecnic.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/260/projeto_legislativo_no_08_-_dispoe_sobre_a_proibicao_em_todo_o_territorio_municipal_da_utilizacao_de_fogos_de_artificio_ou_qualquer_outro_artefato_pirotecnic.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição, em todo o território municipal, da utilização de fogos de artifício ou qualquer outro artefato pirotécnico que produza estampidos e dá outras providências.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/13/projeto_de_lei_02_-_dispoe_sobre_a_municipalizacao_do_transito_do_municipio_de_congonhal_cria_o_fundo_municipal_de_transito_e_transporte_fmt_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/13/projeto_de_lei_02_-_dispoe_sobre_a_municipalizacao_do_transito_do_municipio_de_congonhal_cria_o_fundo_municipal_de_transito_e_transporte_fmt_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a municipalização do trânsito do Município de Congonhal, cria o Fundo Municipal de Trânsito e Transporte (FMT) e dá outras providências.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Moisés Ferreira Vaz</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/14/projeto_de_lei_03_-_autoriza_a_recuperacao_de_creditos_do_municipio_de_congonhal_mg_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/14/projeto_de_lei_03_-_autoriza_a_recuperacao_de_creditos_do_municipio_de_congonhal_mg_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Autoriza a recuperação de créditos do município de Congonhal (MG) e dá outras providências.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/15/projeto_de_lei_04_-_autoriza_a_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_do_superavit_financeiro_apurado.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/15/projeto_de_lei_04_-_autoriza_a_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_do_superavit_financeiro_apurado.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar referente ao recurso proveniente do superávit financeiro apurado no exercício anterior nas dotações do orçamento de 2022 do Município de Congonhal</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/16/projeto_de_lei_05_-_autoriza_a_abertura_de_credito_adicional_especial_referente.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/16/projeto_de_lei_05_-_autoriza_a_abertura_de_credito_adicional_especial_referente.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial referente ao recurso proveniente do superávit financeiro apurado no exercício anterior nas dotações do orçamento de 2022, bem como inclui no Plano Plurianual 2022 a 2025 e Lei de Diretrizes Orçamentárias de 2022 do município de Congonhal</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/17/projeto_de_lei_07_-_autoriza_a_abertura_de_credito_adicional_suplementar_nas_dotacoes_do_orcamento_de_2022_ref._a_recursos_provenientes_do_superavit_financeiro.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/17/projeto_de_lei_07_-_autoriza_a_abertura_de_credito_adicional_suplementar_nas_dotacoes_do_orcamento_de_2022_ref._a_recursos_provenientes_do_superavit_financeiro.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar nas dotações do orçamento de 2022, referente a recursos provenientes do superávit financeiro apurado no exercício anterior, adéqua o Plano Plurianual de 2022 a 2025 e a Lei de Diretrizes Orçamentárias de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/18/projeto_de_lei_08_-_dispoe_sobre_a_regulamentacao_do_art._120_da_lei_organica_municipal_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/18/projeto_de_lei_08_-_dispoe_sobre_a_regulamentacao_do_art._120_da_lei_organica_municipal_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação do art. 120 da Lei Orgânica Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/19/projeto_de_lei_11_-_autoriza_o_executivo_municipal_a_conceder_a_cessao_do_imovel_publico_a_copasa_-_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/19/projeto_de_lei_11_-_autoriza_o_executivo_municipal_a_conceder_a_cessao_do_imovel_publico_a_copasa_-_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder a Cessão do Imóvel Público à COPASA - Companhia de Saneamento de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/20/projeto_de_lei_12_-_fixa_indice_e_autoriza_a_concessao_substituido.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/20/projeto_de_lei_12_-_fixa_indice_e_autoriza_a_concessao_substituido.pdf</t>
   </si>
   <si>
     <t>Fixa índice e autoriza a concessão da revisão geral anual das remunerações dos servidores públicos ativos e inativos, dos pensionistas e dos conselheiros tutelares do município de Congonhal, e dá outras providências.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/21/projeto_de_lei_13_-_dispoe_sobre_denominacao_de_logradouro_publico_de_congonhal.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/21/projeto_de_lei_13_-_dispoe_sobre_denominacao_de_logradouro_publico_de_congonhal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de logradouro público de Congonhal</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/22/projeto_de_lei_14_-_denomina_o_centro_de_especialidades_medicas_e_multiprofissionais_de_cem_-_telma_ieiri_de_oliveira.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/22/projeto_de_lei_14_-_denomina_o_centro_de_especialidades_medicas_e_multiprofissionais_de_cem_-_telma_ieiri_de_oliveira.pdf</t>
   </si>
   <si>
     <t>Denomina o Centro de Especialidades Médicas e Multiprofissionais de CEM - Telma Ieiri de Oliveira.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/23/projeto_de_lei_15_-_estabelece_as_diretrizes_gerais_para_a_elaboracao_do_orcamento_do_municipio_de_congonhal_para_o_exercicio_de_2023_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/23/projeto_de_lei_15_-_estabelece_as_diretrizes_gerais_para_a_elaboracao_do_orcamento_do_municipio_de_congonhal_para_o_exercicio_de_2023_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Estabelece as diretrizes gerais para a elaboração do Orçamento do Município de Congonhal para o exercício de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/24/projeto_de_lei_17_-_autoriza_a_abertura_de_credito_adicional_suplementar_por_anulacao_parcial_de_dotacoes_do_orcamento_de_2022_do_municipio_de_congonhal.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/24/projeto_de_lei_17_-_autoriza_a_abertura_de_credito_adicional_suplementar_por_anulacao_parcial_de_dotacoes_do_orcamento_de_2022_do_municipio_de_congonhal.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar por anulação parcial de dotações do orçamento de 2022 do Município de Congonhal.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/25/projeto_de_lei_18_-_autoriza_a_abertura_de_credito_adicional_suplementar_nas_dotacoes_do_orcamento_de_2022_referente_a_recursos_provenientes_do_superavit_financeiro_apurado_no_exercicio_anterior.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/25/projeto_de_lei_18_-_autoriza_a_abertura_de_credito_adicional_suplementar_nas_dotacoes_do_orcamento_de_2022_referente_a_recursos_provenientes_do_superavit_financeiro_apurado_no_exercicio_anterior.pdf</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/26/projeto_de_lei_19-_institui_o_sistema_municipal_de_atendimento_socioducativo_simase_nas_modalidades_de_medidas_socioeducativas_de_liberdade_assistida_e_de_prestacao_de_servicos_a_comunidade_de.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/26/projeto_de_lei_19-_institui_o_sistema_municipal_de_atendimento_socioducativo_simase_nas_modalidades_de_medidas_socioeducativas_de_liberdade_assistida_e_de_prestacao_de_servicos_a_comunidade_de.pdf</t>
   </si>
   <si>
     <t>Institui o Sistema Municipal de Atendimento Socioeducativo (SIMASE), nas modalidades de medidas socioeducativas de Liberdade Assistida e de Prestação de Serviços à Comunidade, destinado a adolescentes em conflito com a Lei no Município de Congonhal/MG e dá outras providências.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/27/projeto_de_lei_20_-_dispoe_sobre_o_conselho_municipal_de_assistencia_social_cmas_e_sobre_o_fundo_municipal_de_assistencia_social_fmas_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/27/projeto_de_lei_20_-_dispoe_sobre_o_conselho_municipal_de_assistencia_social_cmas_e_sobre_o_fundo_municipal_de_assistencia_social_fmas_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Conselho Municipal de Assistência Social (CMAS) e sobre o Fundo Municipal de Assistência Social (FMAS), e dá outras providências.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/28/projeto_de_lei_21_-_autoriza_abertura_de_credito_adicional_especial_referente_recurso_proveniente_do_superavit_financeiro_apurado.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/28/projeto_de_lei_21_-_autoriza_abertura_de_credito_adicional_especial_referente_recurso_proveniente_do_superavit_financeiro_apurado.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional especial referente recurso proveniente do superávit financeiro apurado no exercício anterior nas dotações do orçamento de 2022, bem como inclui no Plano Plurianual 2022 a 2025 e Lei de Diretrizes Orçamentárias de 2022 do Município de Congonhal.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/29/projeto_de_lei_22_-_autoriza_a_abertura_de_credito_adicional_suplementar_por_anulacao_de_recurso_para_suplementacao_nas_despesas_com_pessoal_do_municipio_de_congonhal..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/29/projeto_de_lei_22_-_autoriza_a_abertura_de_credito_adicional_suplementar_por_anulacao_de_recurso_para_suplementacao_nas_despesas_com_pessoal_do_municipio_de_congonhal..pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar por anulação de recurso para suplementação nas despesas com pessoal do município de Congonhal.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/30/projeto_de_lei_23_-_altera_dispositivos_da_lei_municipal_1.175_de_24_de_fevereiro_de_2006_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/30/projeto_de_lei_23_-_altera_dispositivos_da_lei_municipal_1.175_de_24_de_fevereiro_de_2006_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 1.175, de 24 de Fevereiro de 2006 e dá outras providências.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/31/projeto_de_lei_24-_altera_dispositivos_da_lei_municipal_1.257_de_28_de_dezembro_de_2009_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/31/projeto_de_lei_24-_altera_dispositivos_da_lei_municipal_1.257_de_28_de_dezembro_de_2009_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 1.257, de 28 de dezembro de 2009 e dá outras providências.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/32/projeto_de_lei_25_-_altera_dispositivos_da_lei_municipal_1.269_de_20_de_agosto_de_2010_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/32/projeto_de_lei_25_-_altera_dispositivos_da_lei_municipal_1.269_de_20_de_agosto_de_2010_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 1.269, de 20 de agosto de 2010, e dá outras providências.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/33/projeto_de_lei_26_-_autoriza_a_abertura_de_credito_adicional_suplementar_nas_dotacoes_do_orcamento_de_2022.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/33/projeto_de_lei_26_-_autoriza_a_abertura_de_credito_adicional_suplementar_nas_dotacoes_do_orcamento_de_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar nas dotações do orçamento de 2022, no valor de R$ 2.661.000,00 referente a recursos provenientes do superávit financeiro apurado no exercício anterior e dá outras providências.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/34/projeto_de_lei_no_27_-_autoriza_a_abertura_de_credito_adicional_suplementar_por_anulacao_parcial_de_dotacoes_do_orcamento_de_2022_do_municipio_de_congonhal.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/34/projeto_de_lei_no_27_-_autoriza_a_abertura_de_credito_adicional_suplementar_por_anulacao_parcial_de_dotacoes_do_orcamento_de_2022_do_municipio_de_congonhal.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar por anulação parcial de dotações do orçamento de 2022 do município de Congonhal</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/35/projeto_de_lei_28_-_autoriza_a_abertura_de_credito_adicional_especial_referente_ao_recurso_proveniente_do_superavit_financeiro_apurado_no_exercicio_anterior_nas_dotacoes_do_orcamento_de_2022.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/35/projeto_de_lei_28_-_autoriza_a_abertura_de_credito_adicional_especial_referente_ao_recurso_proveniente_do_superavit_financeiro_apurado_no_exercicio_anterior_nas_dotacoes_do_orcamento_de_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial referente ao recurso proveniente do superávit financeiro apurado no exercício anterior nas dotações do orçamento de 2022</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/36/projeto_de_lei_29_-_autoriza_a_abertura_de_credito_adicional_especial_referente_ao_recurso_proveniente_de_excesso_de_arrecadacao_na_fonte_de_convenios_nas_dotacoes_do_orcamento_de_2022.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/36/projeto_de_lei_29_-_autoriza_a_abertura_de_credito_adicional_especial_referente_ao_recurso_proveniente_de_excesso_de_arrecadacao_na_fonte_de_convenios_nas_dotacoes_do_orcamento_de_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial referente ao recurso proveniente de excesso de arrecadação na fonte de convênios nas dotações do orçamento de 2022</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/37/projeto_de_lei_30_-_regulamenta_a_fixacao_do_piso_salarial_do_agente_comunitario_da_saude_e_do_agente_de_controle_as_endemias.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/37/projeto_de_lei_30_-_regulamenta_a_fixacao_do_piso_salarial_do_agente_comunitario_da_saude_e_do_agente_de_controle_as_endemias.pdf</t>
   </si>
   <si>
     <t>Regulamenta a fixação do piso salarial do agente comunitário da saúde e do agente de controle as endemias, nos termos da Emenda Constitucional nº 120/2022, e dá outras providências.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/38/projeto_de_lei_31_-_dispoe_sobre_autorizacao_para_o_poder_executivo_municipal_firmar_termo_de_parceria_para_transferencia.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/38/projeto_de_lei_31_-_dispoe_sobre_autorizacao_para_o_poder_executivo_municipal_firmar_termo_de_parceria_para_transferencia.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para o Poder Executivo Municipal firmar Termo de Parceria para transferencia de recursos à Comunidade do Bom Pastor, no exercício de 2022, Autoriza a suplementação orçamentária e dá outras providências.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/39/projeto_de_lei_32_-_dispoe_sobre_o_pagamento_de_debitos_ou_obrigacoes_do_municipio_de_congonhal_nos_termos_do_art._100.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/39/projeto_de_lei_32_-_dispoe_sobre_o_pagamento_de_debitos_ou_obrigacoes_do_municipio_de_congonhal_nos_termos_do_art._100.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento de débitos ou obrigações do município de Congonhal, nos termos do art. 100, §§ 3º e 4º, da Constituição da República Federativa do Brasil de 1988, decorrentes de decisões judiciais, considerados de pequeno valor.</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar por tendência a excesso de arrecadação para suplementação nas despesas com Agentes Comunitários de Saúde e Agentes de combate às Endemias do município de Congonhal.</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/7/projeto_de_lei_34_-_institui_o_programa_de_qualificacao_profissional_municipal_-_capacita_congonhal_no_ambito_do_municipio_de_congonhal_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/7/projeto_de_lei_34_-_institui_o_programa_de_qualificacao_profissional_municipal_-_capacita_congonhal_no_ambito_do_municipio_de_congonhal_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Qualificação Profissional Municipal - Capacita Congonhal, no âmbito do Município de Congonhal e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/8/projeto_de_lei_35_-_altera_dispositivos_da_lei_no_1.548_de_17_de_agosto_de_2022..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/8/projeto_de_lei_35_-_altera_dispositivos_da_lei_no_1.548_de_17_de_agosto_de_2022..pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei nº 1.548, de 17 de agosto de 2022.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/9/projeto_de_lei_36-_autoriza_a_abertura_de_credito_adicional_suplementar_por_tendencia_ao_excesso_de_arrecadacao_para_suplementacao_nas_despesas_de_pessoal_e_obrigacoes_patronais_do_fundeb.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/9/projeto_de_lei_36-_autoriza_a_abertura_de_credito_adicional_suplementar_por_tendencia_ao_excesso_de_arrecadacao_para_suplementacao_nas_despesas_de_pessoal_e_obrigacoes_patronais_do_fundeb.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional Suplementar por tendência ao excesso de arrecadação para suplementação nas despesas de Pessoal e Obrigações Patronais do FUNDEB do Município de Congonhal.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/10/projeto_de_lei_37_-_autoriza_abertura_de_credito_adicional_suplementar_por_anulacao_parcial_de_dotacoes_do_orcamento_de_2022.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/10/projeto_de_lei_37_-_autoriza_abertura_de_credito_adicional_suplementar_por_anulacao_parcial_de_dotacoes_do_orcamento_de_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar por anulação parcial de dotações do orçamento de 2022 do Município de Congonhal</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/11/projeto_de_lei_38_-_altera_dispositivo_da_lei_no_1.553_de_14_de_setembro_de_2022..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/11/projeto_de_lei_38_-_altera_dispositivo_da_lei_no_1.553_de_14_de_setembro_de_2022..pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei nº 1.553, de 14 de Setembro de 2022.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/40/projeto_de_lei_39_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_congonhal_para_o_exercicio_de_2023_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/40/projeto_de_lei_39_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_congonhal_para_o_exercicio_de_2023_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Congonhal par ao exercício de 2023 e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/12/projeto_de_lei_40_s-_autoriza_a_abertura_de_credito_adicional_suplementar_por_anulacao_de_recurso_para_suplementacao_nas_despesas_com_pessoal_pasep.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/12/projeto_de_lei_40_s-_autoriza_a_abertura_de_credito_adicional_suplementar_por_anulacao_de_recurso_para_suplementacao_nas_despesas_com_pessoal_pasep.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar por anulação de recurso para suplementação nas despesas com pessoal, PASEP e obrigações patronais do Município de Congonhal.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/49/projeto_de_lei_41_-_autoriza_abertura_de_de_credito_adicional_suplementar_por_recurso_proveniente_de_tendencia_ao_excesso_de_arrecadacao_na_fonte_outras_transferencias_sus_-_bloco_de_investimento.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/49/projeto_de_lei_41_-_autoriza_abertura_de_de_credito_adicional_suplementar_por_recurso_proveniente_de_tendencia_ao_excesso_de_arrecadacao_na_fonte_outras_transferencias_sus_-_bloco_de_investimento.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar por recurso proveniente de tendência ao excesso de arrecadação na fonte "Outras Transferências SUS - Bloco de Investimento", nas dotações do orçamento de 2022 do Município de Congonhal.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/50/projeto_de_lei_42_-_autoriza_abertura_de_credito_adicional_suplementar_por_superavit_financeiro_outras_transferencias_sus_-_bloco_de_investimento_nas_dotacoes_do_orcamento_de_2022.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/50/projeto_de_lei_42_-_autoriza_abertura_de_credito_adicional_suplementar_por_superavit_financeiro_outras_transferencias_sus_-_bloco_de_investimento_nas_dotacoes_do_orcamento_de_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar por superavit Financeiro "Outras Transferências SUS - Bloco de Investimento", nas dotações do orçamento de 2022 do município de Congonhal.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/76/projeto_de_lei_43_-_autoriza_o_poder_executivo_a_conceder_certidao_de_numero_aos_imoveis_destinados_ao_comercio_e_industria_do_sistema_viario_que_estao_dentro_da_expansao_urbana.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/76/projeto_de_lei_43_-_autoriza_o_poder_executivo_a_conceder_certidao_de_numero_aos_imoveis_destinados_ao_comercio_e_industria_do_sistema_viario_que_estao_dentro_da_expansao_urbana.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder certidão de número aos imóveis destinados ao comércio e indústria do sistema viário que estão dentro da expansão urbana e dá outras providências</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/77/projeto_de_lei_44_-_autoriza_o_pagamento_de_sobreaviso_e_regulamenta_o_plantao_do_conselho_tutelar_do_municipio_de_congonhal_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/77/projeto_de_lei_44_-_autoriza_o_pagamento_de_sobreaviso_e_regulamenta_o_plantao_do_conselho_tutelar_do_municipio_de_congonhal_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Autoriza o Pagamento de sobreaviso e Regulamenta o Plantão do Conselho Tutelar do município de Congonhal e dá outras providências.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/78/projeto_de_lei_45_-_autoriza_aumento_do_percentual_em_2_do_art._4o_da_lei_orcamentaria_anual_do_exercicio_de_2022_do_municipio_de_congonhal.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/78/projeto_de_lei_45_-_autoriza_aumento_do_percentual_em_2_do_art._4o_da_lei_orcamentaria_anual_do_exercicio_de_2022_do_municipio_de_congonhal.pdf</t>
   </si>
   <si>
     <t>Autoriza aumento do percentual em 2% do art. 4º da Lei Orçamentária anual do exercício de 2022 do município de Congonhal</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/79/projeto_de_lei_46_-_autoriza_o_municipio_de_congonhal_a_pagar_diferenca_relativa_ao_piso_salarial_dos_profissionais_do_magisterio_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/79/projeto_de_lei_46_-_autoriza_o_municipio_de_congonhal_a_pagar_diferenca_relativa_ao_piso_salarial_dos_profissionais_do_magisterio_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Congonhal a pagar diferença relativa ao piso salarial dos profissionais do magistério e dá outras providências</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/80/projeto_de_lei_47_-_reconhece_os_povos_e_as_comunidades_tradicionais_de_matriz_africana_presentes_neste_municipio_e_torna_suas_praticas_e_saberes_ancestrais_integrantes_do_patrimonio_cultural_de.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/80/projeto_de_lei_47_-_reconhece_os_povos_e_as_comunidades_tradicionais_de_matriz_africana_presentes_neste_municipio_e_torna_suas_praticas_e_saberes_ancestrais_integrantes_do_patrimonio_cultural_de.pdf</t>
   </si>
   <si>
     <t>Reconhece os povos e as comunidades tradicionais de matriz africana, presentes neste município, e torna suas práticas e saberes ancestrais integrantes do patrimônio cultural</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/81/projeto_de_lei_48_-_autoriza_a_abertura_de_credito_adicional_suplementar_por_tendencia_ao_excesso_de_arrecadacao_para_suplementacao_nas_despesas_do_municipio_de_congonhal.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/81/projeto_de_lei_48_-_autoriza_a_abertura_de_credito_adicional_suplementar_por_tendencia_ao_excesso_de_arrecadacao_para_suplementacao_nas_despesas_do_municipio_de_congonhal.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar por Tendência ao excesso de arrecadação para suplementação nas despesas do município de Congonhal</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>César da Nazaré, Geremias Enfermeiro, Professora Hellen Coutinho</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/56/projeto_resolucao_no_02_-_altera_a_redacao_do_artigo_7o_da_resolucao_no_07_de_09_de_dezembro_de_2020_que_dispoe_sobre_o_regimento_interno_da_camara_municipal_de_congonhal..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/56/projeto_resolucao_no_02_-_altera_a_redacao_do_artigo_7o_da_resolucao_no_07_de_09_de_dezembro_de_2020_que_dispoe_sobre_o_regimento_interno_da_camara_municipal_de_congonhal..pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 7º da Resolução nº 07, de 09 de dezembro de 2020, que dispõe sobre o Regimento Interno da Câmara Municipal de Congonhal.</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/41/projeto_de_lei_complementar_002-_dispoe_sobre_o_plano_diretor_de_desenvolvimento_fisico_urbanistico_do_municipio_de_congonhal.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/41/projeto_de_lei_complementar_002-_dispoe_sobre_o_plano_diretor_de_desenvolvimento_fisico_urbanistico_do_municipio_de_congonhal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Diretor de Desenvolvimento Físico Urbanístico do Município de Congonhal, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/42/projeto_de_lei_complementar_003_-_institui_o_codigo_sanitario_do_municipio_de_congonhal.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/42/projeto_de_lei_complementar_003_-_institui_o_codigo_sanitario_do_municipio_de_congonhal.pdf</t>
   </si>
   <si>
     <t>Institui o Código Sanitário do município de Congonhal e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/43/projeto_de_lei_complementar_05_-_autoriza_o_poder_executivo_municipal_a_incorporar_nos_vencimentos_dos_servidores_ativos.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/43/projeto_de_lei_complementar_05_-_autoriza_o_poder_executivo_municipal_a_incorporar_nos_vencimentos_dos_servidores_ativos.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a incorporar, nos vencimentos dos servidores ativos, nos proventos dos inativos e nas pensões dos pensionistas, o valor do abono salarial concedido nos termos da Lei Complementar nº 2, de 2 de março de 2022, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/44/projeto_de_lei_complementar_no_06_-_altera_lei_1.257.pdf</t>
-[...5 lines deleted...]
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/46/projeto_de_lei_complementar_no_08_-_institui_o_codigo_sanitario_do_municipio_de_congonhal_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/44/projeto_de_lei_complementar_no_06_-_altera_lei_1.257.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/45/projeto_de_lei_complementar_no_07_-_altera_dispositivos_da_lei_municipal_no_1.269_de_20_de_agosto_de_2010_e_da_outras_providencias..pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/46/projeto_de_lei_complementar_no_08_-_institui_o_codigo_sanitario_do_municipio_de_congonhal_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Institui o Código Sanitário do Município de Congonhal e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/47/projeto_de_lei_complementar_no_09_-_altera_dispositivos_das_leis_municipais_no_1.257_de_28_de_dezembro_de_2009_e_no_1.269_de_20_de_agosto_de_2010_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/47/projeto_de_lei_complementar_no_09_-_altera_dispositivos_das_leis_municipais_no_1.257_de_28_de_dezembro_de_2009_e_no_1.269_de_20_de_agosto_de_2010_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Altera dispositivos das Leis Municipais nº 1.257, de 28 de dezembro de 2009 e nº 1.269, de 20 de agosto de 2010, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/48/projeto_de_lei_complementar_no_10_-_dispoe_sobre_a_criacao_de_cargo_de_provimento_em_comissao..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/48/projeto_de_lei_complementar_no_10_-_dispoe_sobre_a_criacao_de_cargo_de_provimento_em_comissao..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargo de provimento em comissão</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/57/requerimento_no_012-_requer_saldo_atualizado_das_dotacoes_orcamentarias.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/57/requerimento_no_012-_requer_saldo_atualizado_das_dotacoes_orcamentarias.pdf</t>
   </si>
   <si>
     <t>Requer saldo atualizado das dotações orçamentárias.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/58/requerimento_no_013_-_balancete_referente_a_arrecadacao_total_e_despesas_empenhadas_liquidadas_e_pagas_no_periodo_de_01_de_julho_de_2021_a_31_de_dezembro_de_2021_dos_recursos_do_fund.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/58/requerimento_no_013_-_balancete_referente_a_arrecadacao_total_e_despesas_empenhadas_liquidadas_e_pagas_no_periodo_de_01_de_julho_de_2021_a_31_de_dezembro_de_2021_dos_recursos_do_fund.pdf</t>
   </si>
   <si>
     <t>Balancete referente a arrecadação total e despesas empenhadas, liquidadas e pagas no período de 01 de julho de 2021 a 31 de dezembro de 2021 dos recursos do Fundeb</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/59/requerimento_no_014-_copia_de_todos_os_processos_licitatorios_e_contratacoes_da_secretaria_de_saude_referente_contratacao_de_empresas_especializadas_na_prestacao_de_servicos_medico.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/59/requerimento_no_014-_copia_de_todos_os_processos_licitatorios_e_contratacoes_da_secretaria_de_saude_referente_contratacao_de_empresas_especializadas_na_prestacao_de_servicos_medico.pdf</t>
   </si>
   <si>
     <t>Cópiade todos os processos licitatórios e contratações da Secretaria de Saúde, referente a contratação de empresas especializadas na prestação de serviços médico hospitalar e clínica médica,informando dados do fornecedor/prestador de serviços (CNPJ e/ou CPF e nome da empresa/pessoa física): Data do Contrato; Detalhamento do Serviço Negociado; Valor de Conytsyto; Condições e Forma de Pagamento; Contrato da Prestação de serviço, valores empenhados, Notas Fiscais, comprovantes de pagamento efetuados, subentendidas de janeiro de 2021 a setembro de 2020.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Professora Hellen Coutinho</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/60/indicacao_no_75.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/60/indicacao_no_75.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo e o Setor responsável que faça manutenção em um local específico do Bairro dos Quintilhanos.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/61/indicacao_no_76.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/61/indicacao_no_76.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo e o Setor responsável que faça manutenção em toda estrada mestre do Bairro dos Coutinhos.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/62/indicacao_no_77.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/62/indicacao_no_77.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo e o Setor responsável que faça limpeza urbana na Rua Vereador Celso Bernardes de Sousa, próximo ao CEMEI.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1017,51 +1017,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/51/projeto_legislativo_no_03_-_concede_a_revisao_geral_anual_da_remuneracao_dos_servidores_publicos_da_camara_municipal_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/52/projeto_legislativo_no_04-_institui_o_mes_do_empreendedorismo_municipal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/53/projeto_legislativo_no_05_-_institui_o_selo_empresa_amiga_do_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/54/projeto_legislativo_no_06_-_denomina_pista_de_skate_joaquim_leal_de_melo_neto..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/55/projeto_legislativo_no_07_-_denomina_laboratorio_de_analise_clinica_do_pronto_atendimento_dr._alcides_mosconi_dr._mario_mendes_magalhaes..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/260/projeto_legislativo_no_08_-_dispoe_sobre_a_proibicao_em_todo_o_territorio_municipal_da_utilizacao_de_fogos_de_artificio_ou_qualquer_outro_artefato_pirotecnic.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/13/projeto_de_lei_02_-_dispoe_sobre_a_municipalizacao_do_transito_do_municipio_de_congonhal_cria_o_fundo_municipal_de_transito_e_transporte_fmt_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/14/projeto_de_lei_03_-_autoriza_a_recuperacao_de_creditos_do_municipio_de_congonhal_mg_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/15/projeto_de_lei_04_-_autoriza_a_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_do_superavit_financeiro_apurado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/16/projeto_de_lei_05_-_autoriza_a_abertura_de_credito_adicional_especial_referente.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/17/projeto_de_lei_07_-_autoriza_a_abertura_de_credito_adicional_suplementar_nas_dotacoes_do_orcamento_de_2022_ref._a_recursos_provenientes_do_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/18/projeto_de_lei_08_-_dispoe_sobre_a_regulamentacao_do_art._120_da_lei_organica_municipal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/19/projeto_de_lei_11_-_autoriza_o_executivo_municipal_a_conceder_a_cessao_do_imovel_publico_a_copasa_-_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/20/projeto_de_lei_12_-_fixa_indice_e_autoriza_a_concessao_substituido.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/21/projeto_de_lei_13_-_dispoe_sobre_denominacao_de_logradouro_publico_de_congonhal.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/22/projeto_de_lei_14_-_denomina_o_centro_de_especialidades_medicas_e_multiprofissionais_de_cem_-_telma_ieiri_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/23/projeto_de_lei_15_-_estabelece_as_diretrizes_gerais_para_a_elaboracao_do_orcamento_do_municipio_de_congonhal_para_o_exercicio_de_2023_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/24/projeto_de_lei_17_-_autoriza_a_abertura_de_credito_adicional_suplementar_por_anulacao_parcial_de_dotacoes_do_orcamento_de_2022_do_municipio_de_congonhal.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/25/projeto_de_lei_18_-_autoriza_a_abertura_de_credito_adicional_suplementar_nas_dotacoes_do_orcamento_de_2022_referente_a_recursos_provenientes_do_superavit_financeiro_apurado_no_exercicio_anterior.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/26/projeto_de_lei_19-_institui_o_sistema_municipal_de_atendimento_socioducativo_simase_nas_modalidades_de_medidas_socioeducativas_de_liberdade_assistida_e_de_prestacao_de_servicos_a_comunidade_de.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/27/projeto_de_lei_20_-_dispoe_sobre_o_conselho_municipal_de_assistencia_social_cmas_e_sobre_o_fundo_municipal_de_assistencia_social_fmas_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/28/projeto_de_lei_21_-_autoriza_abertura_de_credito_adicional_especial_referente_recurso_proveniente_do_superavit_financeiro_apurado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/29/projeto_de_lei_22_-_autoriza_a_abertura_de_credito_adicional_suplementar_por_anulacao_de_recurso_para_suplementacao_nas_despesas_com_pessoal_do_municipio_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/30/projeto_de_lei_23_-_altera_dispositivos_da_lei_municipal_1.175_de_24_de_fevereiro_de_2006_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/31/projeto_de_lei_24-_altera_dispositivos_da_lei_municipal_1.257_de_28_de_dezembro_de_2009_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/32/projeto_de_lei_25_-_altera_dispositivos_da_lei_municipal_1.269_de_20_de_agosto_de_2010_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/33/projeto_de_lei_26_-_autoriza_a_abertura_de_credito_adicional_suplementar_nas_dotacoes_do_orcamento_de_2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/34/projeto_de_lei_no_27_-_autoriza_a_abertura_de_credito_adicional_suplementar_por_anulacao_parcial_de_dotacoes_do_orcamento_de_2022_do_municipio_de_congonhal.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/35/projeto_de_lei_28_-_autoriza_a_abertura_de_credito_adicional_especial_referente_ao_recurso_proveniente_do_superavit_financeiro_apurado_no_exercicio_anterior_nas_dotacoes_do_orcamento_de_2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/36/projeto_de_lei_29_-_autoriza_a_abertura_de_credito_adicional_especial_referente_ao_recurso_proveniente_de_excesso_de_arrecadacao_na_fonte_de_convenios_nas_dotacoes_do_orcamento_de_2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/37/projeto_de_lei_30_-_regulamenta_a_fixacao_do_piso_salarial_do_agente_comunitario_da_saude_e_do_agente_de_controle_as_endemias.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/38/projeto_de_lei_31_-_dispoe_sobre_autorizacao_para_o_poder_executivo_municipal_firmar_termo_de_parceria_para_transferencia.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/39/projeto_de_lei_32_-_dispoe_sobre_o_pagamento_de_debitos_ou_obrigacoes_do_municipio_de_congonhal_nos_termos_do_art._100.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/7/projeto_de_lei_34_-_institui_o_programa_de_qualificacao_profissional_municipal_-_capacita_congonhal_no_ambito_do_municipio_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/8/projeto_de_lei_35_-_altera_dispositivos_da_lei_no_1.548_de_17_de_agosto_de_2022..pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/9/projeto_de_lei_36-_autoriza_a_abertura_de_credito_adicional_suplementar_por_tendencia_ao_excesso_de_arrecadacao_para_suplementacao_nas_despesas_de_pessoal_e_obrigacoes_patronais_do_fundeb.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/10/projeto_de_lei_37_-_autoriza_abertura_de_credito_adicional_suplementar_por_anulacao_parcial_de_dotacoes_do_orcamento_de_2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/11/projeto_de_lei_38_-_altera_dispositivo_da_lei_no_1.553_de_14_de_setembro_de_2022..pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/40/projeto_de_lei_39_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_congonhal_para_o_exercicio_de_2023_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/12/projeto_de_lei_40_s-_autoriza_a_abertura_de_credito_adicional_suplementar_por_anulacao_de_recurso_para_suplementacao_nas_despesas_com_pessoal_pasep.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/49/projeto_de_lei_41_-_autoriza_abertura_de_de_credito_adicional_suplementar_por_recurso_proveniente_de_tendencia_ao_excesso_de_arrecadacao_na_fonte_outras_transferencias_sus_-_bloco_de_investimento.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/50/projeto_de_lei_42_-_autoriza_abertura_de_credito_adicional_suplementar_por_superavit_financeiro_outras_transferencias_sus_-_bloco_de_investimento_nas_dotacoes_do_orcamento_de_2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/76/projeto_de_lei_43_-_autoriza_o_poder_executivo_a_conceder_certidao_de_numero_aos_imoveis_destinados_ao_comercio_e_industria_do_sistema_viario_que_estao_dentro_da_expansao_urbana.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/77/projeto_de_lei_44_-_autoriza_o_pagamento_de_sobreaviso_e_regulamenta_o_plantao_do_conselho_tutelar_do_municipio_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/78/projeto_de_lei_45_-_autoriza_aumento_do_percentual_em_2_do_art._4o_da_lei_orcamentaria_anual_do_exercicio_de_2022_do_municipio_de_congonhal.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/79/projeto_de_lei_46_-_autoriza_o_municipio_de_congonhal_a_pagar_diferenca_relativa_ao_piso_salarial_dos_profissionais_do_magisterio_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/80/projeto_de_lei_47_-_reconhece_os_povos_e_as_comunidades_tradicionais_de_matriz_africana_presentes_neste_municipio_e_torna_suas_praticas_e_saberes_ancestrais_integrantes_do_patrimonio_cultural_de.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/81/projeto_de_lei_48_-_autoriza_a_abertura_de_credito_adicional_suplementar_por_tendencia_ao_excesso_de_arrecadacao_para_suplementacao_nas_despesas_do_municipio_de_congonhal.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/56/projeto_resolucao_no_02_-_altera_a_redacao_do_artigo_7o_da_resolucao_no_07_de_09_de_dezembro_de_2020_que_dispoe_sobre_o_regimento_interno_da_camara_municipal_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/41/projeto_de_lei_complementar_002-_dispoe_sobre_o_plano_diretor_de_desenvolvimento_fisico_urbanistico_do_municipio_de_congonhal.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/42/projeto_de_lei_complementar_003_-_institui_o_codigo_sanitario_do_municipio_de_congonhal.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/43/projeto_de_lei_complementar_05_-_autoriza_o_poder_executivo_municipal_a_incorporar_nos_vencimentos_dos_servidores_ativos.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/44/projeto_de_lei_complementar_no_06_-_altera_lei_1.257.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/45/projeto_de_lei_complementar_no_07_-_altera_dispositivos_da_lei_municipal_no_1.269_de_20_de_agosto_de_2010_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/46/projeto_de_lei_complementar_no_08_-_institui_o_codigo_sanitario_do_municipio_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/47/projeto_de_lei_complementar_no_09_-_altera_dispositivos_das_leis_municipais_no_1.257_de_28_de_dezembro_de_2009_e_no_1.269_de_20_de_agosto_de_2010_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/48/projeto_de_lei_complementar_no_10_-_dispoe_sobre_a_criacao_de_cargo_de_provimento_em_comissao..pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/57/requerimento_no_012-_requer_saldo_atualizado_das_dotacoes_orcamentarias.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/58/requerimento_no_013_-_balancete_referente_a_arrecadacao_total_e_despesas_empenhadas_liquidadas_e_pagas_no_periodo_de_01_de_julho_de_2021_a_31_de_dezembro_de_2021_dos_recursos_do_fund.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/59/requerimento_no_014-_copia_de_todos_os_processos_licitatorios_e_contratacoes_da_secretaria_de_saude_referente_contratacao_de_empresas_especializadas_na_prestacao_de_servicos_medico.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/60/indicacao_no_75.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/61/indicacao_no_76.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/62/indicacao_no_77.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/51/projeto_legislativo_no_03_-_concede_a_revisao_geral_anual_da_remuneracao_dos_servidores_publicos_da_camara_municipal_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/52/projeto_legislativo_no_04-_institui_o_mes_do_empreendedorismo_municipal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/53/projeto_legislativo_no_05_-_institui_o_selo_empresa_amiga_do_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/54/projeto_legislativo_no_06_-_denomina_pista_de_skate_joaquim_leal_de_melo_neto..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/55/projeto_legislativo_no_07_-_denomina_laboratorio_de_analise_clinica_do_pronto_atendimento_dr._alcides_mosconi_dr._mario_mendes_magalhaes..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/260/projeto_legislativo_no_08_-_dispoe_sobre_a_proibicao_em_todo_o_territorio_municipal_da_utilizacao_de_fogos_de_artificio_ou_qualquer_outro_artefato_pirotecnic.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/13/projeto_de_lei_02_-_dispoe_sobre_a_municipalizacao_do_transito_do_municipio_de_congonhal_cria_o_fundo_municipal_de_transito_e_transporte_fmt_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/14/projeto_de_lei_03_-_autoriza_a_recuperacao_de_creditos_do_municipio_de_congonhal_mg_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/15/projeto_de_lei_04_-_autoriza_a_abertura_de_credito_adicional_suplementar_ref_ao_recurso_proveniente_do_superavit_financeiro_apurado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/16/projeto_de_lei_05_-_autoriza_a_abertura_de_credito_adicional_especial_referente.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/17/projeto_de_lei_07_-_autoriza_a_abertura_de_credito_adicional_suplementar_nas_dotacoes_do_orcamento_de_2022_ref._a_recursos_provenientes_do_superavit_financeiro.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/18/projeto_de_lei_08_-_dispoe_sobre_a_regulamentacao_do_art._120_da_lei_organica_municipal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/19/projeto_de_lei_11_-_autoriza_o_executivo_municipal_a_conceder_a_cessao_do_imovel_publico_a_copasa_-_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/20/projeto_de_lei_12_-_fixa_indice_e_autoriza_a_concessao_substituido.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/21/projeto_de_lei_13_-_dispoe_sobre_denominacao_de_logradouro_publico_de_congonhal.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/22/projeto_de_lei_14_-_denomina_o_centro_de_especialidades_medicas_e_multiprofissionais_de_cem_-_telma_ieiri_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/23/projeto_de_lei_15_-_estabelece_as_diretrizes_gerais_para_a_elaboracao_do_orcamento_do_municipio_de_congonhal_para_o_exercicio_de_2023_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/24/projeto_de_lei_17_-_autoriza_a_abertura_de_credito_adicional_suplementar_por_anulacao_parcial_de_dotacoes_do_orcamento_de_2022_do_municipio_de_congonhal.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/25/projeto_de_lei_18_-_autoriza_a_abertura_de_credito_adicional_suplementar_nas_dotacoes_do_orcamento_de_2022_referente_a_recursos_provenientes_do_superavit_financeiro_apurado_no_exercicio_anterior.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/26/projeto_de_lei_19-_institui_o_sistema_municipal_de_atendimento_socioducativo_simase_nas_modalidades_de_medidas_socioeducativas_de_liberdade_assistida_e_de_prestacao_de_servicos_a_comunidade_de.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/27/projeto_de_lei_20_-_dispoe_sobre_o_conselho_municipal_de_assistencia_social_cmas_e_sobre_o_fundo_municipal_de_assistencia_social_fmas_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/28/projeto_de_lei_21_-_autoriza_abertura_de_credito_adicional_especial_referente_recurso_proveniente_do_superavit_financeiro_apurado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/29/projeto_de_lei_22_-_autoriza_a_abertura_de_credito_adicional_suplementar_por_anulacao_de_recurso_para_suplementacao_nas_despesas_com_pessoal_do_municipio_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/30/projeto_de_lei_23_-_altera_dispositivos_da_lei_municipal_1.175_de_24_de_fevereiro_de_2006_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/31/projeto_de_lei_24-_altera_dispositivos_da_lei_municipal_1.257_de_28_de_dezembro_de_2009_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/32/projeto_de_lei_25_-_altera_dispositivos_da_lei_municipal_1.269_de_20_de_agosto_de_2010_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/33/projeto_de_lei_26_-_autoriza_a_abertura_de_credito_adicional_suplementar_nas_dotacoes_do_orcamento_de_2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/34/projeto_de_lei_no_27_-_autoriza_a_abertura_de_credito_adicional_suplementar_por_anulacao_parcial_de_dotacoes_do_orcamento_de_2022_do_municipio_de_congonhal.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/35/projeto_de_lei_28_-_autoriza_a_abertura_de_credito_adicional_especial_referente_ao_recurso_proveniente_do_superavit_financeiro_apurado_no_exercicio_anterior_nas_dotacoes_do_orcamento_de_2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/36/projeto_de_lei_29_-_autoriza_a_abertura_de_credito_adicional_especial_referente_ao_recurso_proveniente_de_excesso_de_arrecadacao_na_fonte_de_convenios_nas_dotacoes_do_orcamento_de_2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/37/projeto_de_lei_30_-_regulamenta_a_fixacao_do_piso_salarial_do_agente_comunitario_da_saude_e_do_agente_de_controle_as_endemias.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/38/projeto_de_lei_31_-_dispoe_sobre_autorizacao_para_o_poder_executivo_municipal_firmar_termo_de_parceria_para_transferencia.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/39/projeto_de_lei_32_-_dispoe_sobre_o_pagamento_de_debitos_ou_obrigacoes_do_municipio_de_congonhal_nos_termos_do_art._100.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/7/projeto_de_lei_34_-_institui_o_programa_de_qualificacao_profissional_municipal_-_capacita_congonhal_no_ambito_do_municipio_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/8/projeto_de_lei_35_-_altera_dispositivos_da_lei_no_1.548_de_17_de_agosto_de_2022..pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/9/projeto_de_lei_36-_autoriza_a_abertura_de_credito_adicional_suplementar_por_tendencia_ao_excesso_de_arrecadacao_para_suplementacao_nas_despesas_de_pessoal_e_obrigacoes_patronais_do_fundeb.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/10/projeto_de_lei_37_-_autoriza_abertura_de_credito_adicional_suplementar_por_anulacao_parcial_de_dotacoes_do_orcamento_de_2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/11/projeto_de_lei_38_-_altera_dispositivo_da_lei_no_1.553_de_14_de_setembro_de_2022..pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/40/projeto_de_lei_39_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_congonhal_para_o_exercicio_de_2023_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/12/projeto_de_lei_40_s-_autoriza_a_abertura_de_credito_adicional_suplementar_por_anulacao_de_recurso_para_suplementacao_nas_despesas_com_pessoal_pasep.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/49/projeto_de_lei_41_-_autoriza_abertura_de_de_credito_adicional_suplementar_por_recurso_proveniente_de_tendencia_ao_excesso_de_arrecadacao_na_fonte_outras_transferencias_sus_-_bloco_de_investimento.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/50/projeto_de_lei_42_-_autoriza_abertura_de_credito_adicional_suplementar_por_superavit_financeiro_outras_transferencias_sus_-_bloco_de_investimento_nas_dotacoes_do_orcamento_de_2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/76/projeto_de_lei_43_-_autoriza_o_poder_executivo_a_conceder_certidao_de_numero_aos_imoveis_destinados_ao_comercio_e_industria_do_sistema_viario_que_estao_dentro_da_expansao_urbana.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/77/projeto_de_lei_44_-_autoriza_o_pagamento_de_sobreaviso_e_regulamenta_o_plantao_do_conselho_tutelar_do_municipio_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/78/projeto_de_lei_45_-_autoriza_aumento_do_percentual_em_2_do_art._4o_da_lei_orcamentaria_anual_do_exercicio_de_2022_do_municipio_de_congonhal.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/79/projeto_de_lei_46_-_autoriza_o_municipio_de_congonhal_a_pagar_diferenca_relativa_ao_piso_salarial_dos_profissionais_do_magisterio_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/80/projeto_de_lei_47_-_reconhece_os_povos_e_as_comunidades_tradicionais_de_matriz_africana_presentes_neste_municipio_e_torna_suas_praticas_e_saberes_ancestrais_integrantes_do_patrimonio_cultural_de.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/81/projeto_de_lei_48_-_autoriza_a_abertura_de_credito_adicional_suplementar_por_tendencia_ao_excesso_de_arrecadacao_para_suplementacao_nas_despesas_do_municipio_de_congonhal.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/56/projeto_resolucao_no_02_-_altera_a_redacao_do_artigo_7o_da_resolucao_no_07_de_09_de_dezembro_de_2020_que_dispoe_sobre_o_regimento_interno_da_camara_municipal_de_congonhal..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/41/projeto_de_lei_complementar_002-_dispoe_sobre_o_plano_diretor_de_desenvolvimento_fisico_urbanistico_do_municipio_de_congonhal.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/42/projeto_de_lei_complementar_003_-_institui_o_codigo_sanitario_do_municipio_de_congonhal.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/43/projeto_de_lei_complementar_05_-_autoriza_o_poder_executivo_municipal_a_incorporar_nos_vencimentos_dos_servidores_ativos.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/44/projeto_de_lei_complementar_no_06_-_altera_lei_1.257.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/45/projeto_de_lei_complementar_no_07_-_altera_dispositivos_da_lei_municipal_no_1.269_de_20_de_agosto_de_2010_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/46/projeto_de_lei_complementar_no_08_-_institui_o_codigo_sanitario_do_municipio_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/47/projeto_de_lei_complementar_no_09_-_altera_dispositivos_das_leis_municipais_no_1.257_de_28_de_dezembro_de_2009_e_no_1.269_de_20_de_agosto_de_2010_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/48/projeto_de_lei_complementar_no_10_-_dispoe_sobre_a_criacao_de_cargo_de_provimento_em_comissao..pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/57/requerimento_no_012-_requer_saldo_atualizado_das_dotacoes_orcamentarias.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/58/requerimento_no_013_-_balancete_referente_a_arrecadacao_total_e_despesas_empenhadas_liquidadas_e_pagas_no_periodo_de_01_de_julho_de_2021_a_31_de_dezembro_de_2021_dos_recursos_do_fund.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/59/requerimento_no_014-_copia_de_todos_os_processos_licitatorios_e_contratacoes_da_secretaria_de_saude_referente_contratacao_de_empresas_especializadas_na_prestacao_de_servicos_medico.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/60/indicacao_no_75.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/61/indicacao_no_76.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2022/62/indicacao_no_77.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="60.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>