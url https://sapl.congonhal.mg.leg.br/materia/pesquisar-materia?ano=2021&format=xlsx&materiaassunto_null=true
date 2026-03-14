--- v0 (2025-12-06)
+++ v1 (2026-03-14)
@@ -54,258 +54,258 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
     <t>Gabinete da Presidencia - GABPRES</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Concede revisão geral anual da remuneração dos servidores públicos da Câmara Municipal de Congonhal e dá outras providências.</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Moisés Ferreira Vaz</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/1/projeto_de_lei_no_01_-_autoriza_a_alteracao_de_nome_de_atividades_orcamentarias_no_orcamento_municipal_de_2021.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/1/projeto_de_lei_no_01_-_autoriza_a_alteracao_de_nome_de_atividades_orcamentarias_no_orcamento_municipal_de_2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a alteração de nome de atividades orçamentárias no orçamento municipal de 2021, constante da Lei nº 1.489, de 3 de dezembro de 2020, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/2/projeto_de_lei_no_02_-_abre_credito_adicional_especial_no_vigente_orcamento_com_recursos_de_reducao_orcamentaria.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/2/projeto_de_lei_no_02_-_abre_credito_adicional_especial_no_vigente_orcamento_com_recursos_de_reducao_orcamentaria.pdf</t>
   </si>
   <si>
     <t>Abre crédito adicional especial no vigente orçamento com recurso de redução orçamentária, e dá outras providências</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/3/projeto_de_lei_no_03_-_abre_credito_adicional_especial_no_vigente_orcamento_com_recursos_do_superavit_financeiro_do_exercicio_anterior.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/3/projeto_de_lei_no_03_-_abre_credito_adicional_especial_no_vigente_orcamento_com_recursos_do_superavit_financeiro_do_exercicio_anterior.pdf</t>
   </si>
   <si>
     <t>Abre crédito adicional especial no vigente orçamento com recurso do superávit financeiro do exercício anterior, e dá outras providências.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/63/projeto_de_lei_no_08_-_estabelece_as_diretrizes_gerais_para_elaboracao_do_orcamento_de_2022.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/63/projeto_de_lei_no_08_-_estabelece_as_diretrizes_gerais_para_elaboracao_do_orcamento_de_2022.pdf</t>
   </si>
   <si>
     <t>Estabelece as Diretrizes gerais para elaboração do orçamento do município de Congonhal para o exercício de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/64/projeto_de_lei_no_10_-_dispoe_sobre_o_conselho_municipal_de_defesa_e_conservacao_do_meio_ambiente_codema_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/64/projeto_de_lei_no_10_-_dispoe_sobre_o_conselho_municipal_de_defesa_e_conservacao_do_meio_ambiente_codema_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Conselho Municipal de Defesa e Conservação do Meio Ambiente (CODEMA) e dá outras providências.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/65/projeto_de_lei_no_11_-_disciplina_a_supressao_corte_poda_transplante_de_arvores_isoladas_na_zona_urbana_do_municipio_de_congonhal.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/65/projeto_de_lei_no_11_-_disciplina_a_supressao_corte_poda_transplante_de_arvores_isoladas_na_zona_urbana_do_municipio_de_congonhal.pdf</t>
   </si>
   <si>
     <t>Disciplina a supressão, corte, poda, transplante de árvores isoladas na zona urbana do município de Congonhal/MG e dá outras providências.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/66/projeto_de_lei_no_12_-_autoriza_o_poder_executivo_a_apoiar_circo_itinerante_instalado_no_municipio_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/66/projeto_de_lei_no_12_-_autoriza_o_poder_executivo_a_apoiar_circo_itinerante_instalado_no_municipio_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a apoiar circo itinerante instalado no município e dá outras providências.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/67/projeto_de_lei_no_13_-_institui_o_programa_iseminacao_artifical_de_bovinos_no_municipio_de_congonhal_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/67/projeto_de_lei_no_13_-_institui_o_programa_iseminacao_artifical_de_bovinos_no_municipio_de_congonhal_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Inseminação Artificial de Bovino no município de Congonhal/MG, e dá outras providências.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/68/projeto_de_lei_no_21_-_declara_de_utilidade_publica_para_fins_de_desapropriacao_amigavel_o_terreno_que_especifica_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/68/projeto_de_lei_no_21_-_declara_de_utilidade_publica_para_fins_de_desapropriacao_amigavel_o_terreno_que_especifica_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública, para fins de Desapropriação Amigável, o Terreno que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/69/projeto_de_lei_no_22_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_congonhal_para_o_exercicio_de_2022_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/69/projeto_de_lei_no_22_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_congonhal_para_o_exercicio_de_2022_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Congonhal/MG para o exercício de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/70/projeto_de_lei_no_23_-_dispoe_sobre_a_expansao_do_perimetro_urbano_especifica_no_municipio_de_congonhal_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/70/projeto_de_lei_no_23_-_dispoe_sobre_a_expansao_do_perimetro_urbano_especifica_no_municipio_de_congonhal_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a expansão do perímetro urbano específica no município de Congonhal, e dá outras providências.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/71/projeto_de_lei_no_24_-_abre_credito_adicional_suplementar_no_orcamento_vigente_em_2021_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/71/projeto_de_lei_no_24_-_abre_credito_adicional_suplementar_no_orcamento_vigente_em_2021_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar no orçamento vigente em 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/72/projeto_de_lei_no_25_-_altera_a_redacao_da_lei_no_1.489-2020_lei_orcamentaria_anual_de_2021_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/72/projeto_de_lei_no_25_-_altera_a_redacao_da_lei_no_1.489-2020_lei_orcamentaria_anual_de_2021_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Altera redação da Lei nº 1.489/2020 (Lei Orçamentária Anual de 2021), e dá outras providências.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/73/projeto_de_lei_no_28_-_abre_credito_adicional_suplementar_no_orcamento_vigente_em_2021_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/73/projeto_de_lei_no_28_-_abre_credito_adicional_suplementar_no_orcamento_vigente_em_2021_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/74/projeto_de_lei_no_29_-_altera_o_caput_do_art._2o_da_lei_municipal_no_1.509-2021_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/74/projeto_de_lei_no_29_-_altera_o_caput_do_art._2o_da_lei_municipal_no_1.509-2021_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Altera o caput do art. 2º da Lei Municipal nº 1.509/2021, e dá outras providências.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>César da Nazaré, Lucas Santinho, Professora Hellen Coutinho</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/75/projeto_resolucao_no_04.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/75/projeto_resolucao_no_04.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a publicidade dos trabalhos do legislativo e das Sessões da Câmara, cria o portal eletrônico e o Órgão oficial de imprensa da Câmara e dá outras providências.</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/4/projeto_de_lei_complementar_no_01_-_autoriza_o_municipio_a_receber_em_doacao_os_bens_imoveis_de_que_trata_a_presente_lei.pdf</t>
+    <t>http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/4/projeto_de_lei_complementar_no_01_-_autoriza_o_municipio_a_receber_em_doacao_os_bens_imoveis_de_que_trata_a_presente_lei.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município Congonhal a receber em doação os bens imóveis de que trata a presente Lei e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -612,68 +612,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/1/projeto_de_lei_no_01_-_autoriza_a_alteracao_de_nome_de_atividades_orcamentarias_no_orcamento_municipal_de_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/2/projeto_de_lei_no_02_-_abre_credito_adicional_especial_no_vigente_orcamento_com_recursos_de_reducao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/3/projeto_de_lei_no_03_-_abre_credito_adicional_especial_no_vigente_orcamento_com_recursos_do_superavit_financeiro_do_exercicio_anterior.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/63/projeto_de_lei_no_08_-_estabelece_as_diretrizes_gerais_para_elaboracao_do_orcamento_de_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/64/projeto_de_lei_no_10_-_dispoe_sobre_o_conselho_municipal_de_defesa_e_conservacao_do_meio_ambiente_codema_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/65/projeto_de_lei_no_11_-_disciplina_a_supressao_corte_poda_transplante_de_arvores_isoladas_na_zona_urbana_do_municipio_de_congonhal.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/66/projeto_de_lei_no_12_-_autoriza_o_poder_executivo_a_apoiar_circo_itinerante_instalado_no_municipio_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/67/projeto_de_lei_no_13_-_institui_o_programa_iseminacao_artifical_de_bovinos_no_municipio_de_congonhal_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/68/projeto_de_lei_no_21_-_declara_de_utilidade_publica_para_fins_de_desapropriacao_amigavel_o_terreno_que_especifica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/69/projeto_de_lei_no_22_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_congonhal_para_o_exercicio_de_2022_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/70/projeto_de_lei_no_23_-_dispoe_sobre_a_expansao_do_perimetro_urbano_especifica_no_municipio_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/71/projeto_de_lei_no_24_-_abre_credito_adicional_suplementar_no_orcamento_vigente_em_2021_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/72/projeto_de_lei_no_25_-_altera_a_redacao_da_lei_no_1.489-2020_lei_orcamentaria_anual_de_2021_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/73/projeto_de_lei_no_28_-_abre_credito_adicional_suplementar_no_orcamento_vigente_em_2021_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/74/projeto_de_lei_no_29_-_altera_o_caput_do_art._2o_da_lei_municipal_no_1.509-2021_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/75/projeto_resolucao_no_04.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/4/projeto_de_lei_complementar_no_01_-_autoriza_o_municipio_a_receber_em_doacao_os_bens_imoveis_de_que_trata_a_presente_lei.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/1/projeto_de_lei_no_01_-_autoriza_a_alteracao_de_nome_de_atividades_orcamentarias_no_orcamento_municipal_de_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/2/projeto_de_lei_no_02_-_abre_credito_adicional_especial_no_vigente_orcamento_com_recursos_de_reducao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/3/projeto_de_lei_no_03_-_abre_credito_adicional_especial_no_vigente_orcamento_com_recursos_do_superavit_financeiro_do_exercicio_anterior.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/63/projeto_de_lei_no_08_-_estabelece_as_diretrizes_gerais_para_elaboracao_do_orcamento_de_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/64/projeto_de_lei_no_10_-_dispoe_sobre_o_conselho_municipal_de_defesa_e_conservacao_do_meio_ambiente_codema_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/65/projeto_de_lei_no_11_-_disciplina_a_supressao_corte_poda_transplante_de_arvores_isoladas_na_zona_urbana_do_municipio_de_congonhal.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/66/projeto_de_lei_no_12_-_autoriza_o_poder_executivo_a_apoiar_circo_itinerante_instalado_no_municipio_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/67/projeto_de_lei_no_13_-_institui_o_programa_iseminacao_artifical_de_bovinos_no_municipio_de_congonhal_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/68/projeto_de_lei_no_21_-_declara_de_utilidade_publica_para_fins_de_desapropriacao_amigavel_o_terreno_que_especifica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/69/projeto_de_lei_no_22_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_congonhal_para_o_exercicio_de_2022_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/70/projeto_de_lei_no_23_-_dispoe_sobre_a_expansao_do_perimetro_urbano_especifica_no_municipio_de_congonhal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/71/projeto_de_lei_no_24_-_abre_credito_adicional_suplementar_no_orcamento_vigente_em_2021_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/72/projeto_de_lei_no_25_-_altera_a_redacao_da_lei_no_1.489-2020_lei_orcamentaria_anual_de_2021_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/73/projeto_de_lei_no_28_-_abre_credito_adicional_suplementar_no_orcamento_vigente_em_2021_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/74/projeto_de_lei_no_29_-_altera_o_caput_do_art._2o_da_lei_municipal_no_1.509-2021_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/75/projeto_resolucao_no_04.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.congonhal.mg.leg.br/media/sapl/public/materialegislativa/2021/4/projeto_de_lei_complementar_no_01_-_autoriza_o_municipio_a_receber_em_doacao_os_bens_imoveis_de_que_trata_a_presente_lei.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="54.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="208.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="207.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="152.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>